--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -335,90 +335,90 @@
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Ouvrages du bâtiment - Option Métallerie</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAP ferronnier d'art (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>formation mixte</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1733,168 +1733,168 @@
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>581440</x:v>
+        <x:v>540870</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>491061</x:v>
+        <x:v>581440</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>540870</x:v>
+        <x:v>491061</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -1903,114 +1903,114 @@
       <x:c r="K18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>606940</x:v>
+        <x:v>504934</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>504934</x:v>
+        <x:v>547432</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -2019,54 +2019,54 @@
       <x:c r="K20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>547432</x:v>
+        <x:v>606940</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38392</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -2079,178 +2079,178 @@
       <x:c r="K21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>604810</x:v>
+        <x:v>501709</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38392</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>604811</x:v>
+        <x:v>553268</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38392</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>553268</x:v>
+        <x:v>553269</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38392</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>95</x:v>
@@ -2261,117 +2261,117 @@
       <x:c r="K24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>553269</x:v>
+        <x:v>604810</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38392</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>501709</x:v>
+        <x:v>604811</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38392</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -2380,114 +2380,114 @@
       <x:c r="K26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>603334</x:v>
+        <x:v>548270</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38392</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>548270</x:v>
+        <x:v>603334</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>