--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -647,63 +647,63 @@
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les grotesques</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technique et recette ancienne du décor peint</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Le dessin d'architecture à l'aquarelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Drapes</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ornements en grisaille</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Faux bois</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Peintre en décor du patrimoine</x:t>
   </x:si>
@@ -4591,135 +4591,135 @@
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>45501</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>573318</x:v>
+        <x:v>614857</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>45057</x:v>
+        <x:v>45501</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>614857</x:v>
+        <x:v>573318</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">