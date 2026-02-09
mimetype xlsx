--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -953,63 +953,63 @@
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -4231,149 +4231,150 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>588114</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="C51" s="3" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>40580</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>560333</x:v>
+        <x:v>575831</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="J52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>575831</x:v>
+        <x:v>560333</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>56</x:v>
@@ -7034,94 +7035,94 @@
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>573815</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>510422</x:v>
+        <x:v>599689</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>268</x:v>
@@ -7138,114 +7139,114 @@
       <x:c r="K102" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>510425</x:v>
+        <x:v>510422</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>599689</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">