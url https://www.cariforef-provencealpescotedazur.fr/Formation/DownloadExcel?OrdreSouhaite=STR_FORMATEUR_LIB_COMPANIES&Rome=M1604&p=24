--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -281,200 +281,200 @@
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de direction</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat multilingue</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel assistant de direction (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité gestion administrative et commerciale des organisations parcours management responsable de projet et entrepreneuriat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organisation travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention administration économique et sociale parcours entreprise et administration des PME-PMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connaissance entreprise</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention gestion parcours gestion d'entreprise</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2026 00:00:00</x:t>
-[...82 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion parcours économie finance</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours management comptable et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours administration des institutions culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
@@ -665,80 +665,80 @@
   <x:si>
     <x:t>Titre professionnel assistant de direction (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS gestion de la PME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS gestion de la PME</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
@@ -761,74 +761,74 @@
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant styliste de mode (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Création textile</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2024 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
@@ -935,56 +935,56 @@
   <x:si>
     <x:t>BTS support à l'action managériale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
@@ -1226,59 +1226,59 @@
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/17/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce et développement international en partenariat avec l'EMD Marseille (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
@@ -1670,56 +1670,59 @@
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
+    <x:t>ILEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-RAPHAEL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro Manager et développer une TPE/PME</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Promotion Echanges Internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>GPEI</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>HECG</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion - Antenne Aix en Provence</x:t>
@@ -1763,53 +1766,50 @@
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ILEC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Inatec</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2024 00:00:00</x:t>
@@ -2474,54 +2474,54 @@
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft 365 les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>Outlook Collaboration et efficacité dans l’écosystème Microsoft 365</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Outlook</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft 365 Blended Learning</x:t>
   </x:si>
   <x:si>
+    <x:t>Microsoft 365 Maîtrise complète</x:t>
+  </x:si>
+  <x:si>
     <x:t>Outlook Maîtriser la gestion des emails professionnels</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Microsoft 365 Maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -3886,57 +3886,57 @@
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>556776</x:v>
+        <x:v>507308</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>56</x:v>
@@ -3947,108 +3947,108 @@
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>507308</x:v>
+        <x:v>556776</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>548025</x:v>
+        <x:v>604421</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
@@ -4063,51 +4063,51 @@
       <x:c r="K18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>604421</x:v>
+        <x:v>548025</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -4117,51 +4117,51 @@
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>604422</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
@@ -4176,117 +4176,117 @@
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>539970</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575666</x:v>
+        <x:v>604420</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -4295,2062 +4295,2063 @@
       <x:c r="K22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>604420</x:v>
+        <x:v>548026</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>548026</x:v>
+        <x:v>548165</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>548165</x:v>
+        <x:v>604484</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>604484</x:v>
+        <x:v>548166</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>548166</x:v>
+        <x:v>604485</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>604485</x:v>
+        <x:v>540556</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>540556</x:v>
+        <x:v>604486</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>604486</x:v>
+        <x:v>610274</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>610274</x:v>
+        <x:v>610273</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>610273</x:v>
+        <x:v>606563</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>606563</x:v>
+        <x:v>606564</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>606564</x:v>
+        <x:v>606565</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>35386</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>606565</x:v>
+        <x:v>575970</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>35386</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>575970</x:v>
+        <x:v>575853</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>575660</x:v>
+        <x:v>575655</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>575656</x:v>
+        <x:v>575660</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>575853</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>575655</x:v>
+        <x:v>575656</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>575659</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>575664</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>575669</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>575855</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>575663</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>575668</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>575658</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>575667</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>575662</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>575748</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>595419</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>595464</x:v>
+        <x:v>595418</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>591973</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>595418</x:v>
+        <x:v>595464</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>595465</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>595466</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -6961,54 +6962,54 @@
       <x:c r="I68" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>545468</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7018,54 +7019,54 @@
       <x:c r="I69" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>496036</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7077,54 +7078,54 @@
       <x:c r="I70" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>601456</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7488,57 +7489,57 @@
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>496086</x:v>
+        <x:v>600580</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -7547,57 +7548,57 @@
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>600580</x:v>
+        <x:v>496086</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8082,220 +8083,221 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>601365</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>531407</x:v>
+        <x:v>543828</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>543828</x:v>
+        <x:v>531407</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="U89" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>578942</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -8311,54 +8313,54 @@
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>531406</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>193</x:v>
@@ -8380,164 +8382,167 @@
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>545009</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>543831</x:v>
+        <x:v>601364</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>601364</x:v>
+        <x:v>549772</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -8550,115 +8555,113 @@
       <x:c r="L95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>545010</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>549772</x:v>
+        <x:v>543831</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -8671,51 +8674,51 @@
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>549770</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
@@ -8930,66 +8933,66 @@
       <x:c r="U101" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>595420</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -9562,117 +9565,117 @@
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>607661</x:v>
+        <x:v>504126</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38107</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>21627</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>504126</x:v>
+        <x:v>504150</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>164</x:v>
@@ -9683,114 +9686,114 @@
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>504150</x:v>
+        <x:v>556620</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38107</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>21627</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>556620</x:v>
+        <x:v>607661</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>219</x:v>
@@ -9931,51 +9934,51 @@
       <x:c r="M118" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>556537</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -9985,178 +9988,178 @@
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>556540</x:v>
+        <x:v>504422</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38107</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>21627</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>504422</x:v>
+        <x:v>504445</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38107</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>21627</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>504445</x:v>
+        <x:v>556540</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>40</x:v>
@@ -10294,51 +10297,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>607689</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -10544,153 +10547,153 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>607690</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>502385</x:v>
+        <x:v>502375</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>502375</x:v>
+        <x:v>502385</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -12005,51 +12008,51 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>615764</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -12064,51 +12067,51 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>615761</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>194</x:v>
@@ -12228,57 +12231,57 @@
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>547092</x:v>
+        <x:v>600497</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>275</x:v>
@@ -12289,57 +12292,57 @@
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>600497</x:v>
+        <x:v>547092</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12416,51 +12419,51 @@
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>495992</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
@@ -12470,51 +12473,51 @@
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>469545</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
@@ -12814,387 +12817,385 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>542522</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>545645</x:v>
+        <x:v>608891</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>603772</x:v>
+        <x:v>545645</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>542423</x:v>
+        <x:v>603772</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>603775</x:v>
+        <x:v>542423</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s"/>
+      <x:c r="E172" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>586467</x:v>
+        <x:v>603775</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>608891</x:v>
+        <x:v>586467</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -13203,114 +13204,114 @@
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>498767</x:v>
+        <x:v>549539</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>549539</x:v>
+        <x:v>498767</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -13361,133 +13362,133 @@
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>497961</x:v>
+        <x:v>601001</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>601001</x:v>
+        <x:v>497961</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -13503,51 +13504,51 @@
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>551856</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>291</x:v>
@@ -14046,51 +14047,51 @@
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>584660</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -14455,51 +14456,51 @@
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>584795</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
@@ -14514,51 +14515,51 @@
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>584659</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -14689,51 +14690,51 @@
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>502224</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14750,51 +14751,51 @@
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>604715</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14810,51 +14811,51 @@
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>552793</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15507,501 +15508,501 @@
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>558137</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>611452</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>558138</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>587314</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>529159</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>614393</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>611466</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>558139</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -16399,51 +16400,51 @@
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>601749</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16575,51 +16576,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>572475</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
@@ -16689,102 +16690,102 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>553012</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>506134</x:v>
+        <x:v>506140</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16797,110 +16798,110 @@
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>605558</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>506140</x:v>
+        <x:v>506134</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16972,51 +16973,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>506133</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17029,51 +17030,51 @@
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>506139</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
@@ -17088,51 +17089,51 @@
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>506132</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17145,51 +17146,51 @@
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>506138</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
@@ -17201,51 +17202,51 @@
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>603596</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
@@ -17255,242 +17256,242 @@
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>572165</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>572162</x:v>
+        <x:v>600280</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>600277</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>600280</x:v>
+        <x:v>572162</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -17801,51 +17802,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>548169</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17855,51 +17856,51 @@
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>617721</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -17969,162 +17970,162 @@
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>600036</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>617722</x:v>
+        <x:v>583296</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>583296</x:v>
+        <x:v>583297</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -18134,165 +18135,165 @@
       <x:c r="K258" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>583297</x:v>
+        <x:v>609487</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>609487</x:v>
+        <x:v>617720</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>617720</x:v>
+        <x:v>617722</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18333,247 +18334,247 @@
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>558150</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>558149</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>611442</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>611493</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
@@ -18599,51 +18600,51 @@
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>546218</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18659,51 +18660,51 @@
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>499771</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18720,51 +18721,51 @@
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>600170</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>41722</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -18848,51 +18849,51 @@
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>594537</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>35007</x:v>
@@ -18902,51 +18903,51 @@
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>594165</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
@@ -18959,51 +18960,51 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>594164</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>35007</x:v>
@@ -19120,57 +19121,57 @@
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>502427</x:v>
+        <x:v>608437</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>172</x:v>
@@ -19181,57 +19182,57 @@
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>608437</x:v>
+        <x:v>502427</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -19789,51 +19790,51 @@
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>599650</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
@@ -19967,51 +19968,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>554376</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
@@ -20026,62 +20027,62 @@
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>602106</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>35007</x:v>
@@ -20466,114 +20467,114 @@
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>552909</x:v>
+        <x:v>605521</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>605521</x:v>
+        <x:v>552909</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
@@ -20650,214 +20651,214 @@
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>552915</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>542875</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>538533</x:v>
+        <x:v>621212</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>621212</x:v>
+        <x:v>538533</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -21043,51 +21044,51 @@
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>598734</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>35007</x:v>
@@ -21097,51 +21098,51 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>594173</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
@@ -21154,51 +21155,51 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>594170</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>35007</x:v>
@@ -21369,114 +21370,114 @@
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>552313</x:v>
+        <x:v>496649</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>496649</x:v>
+        <x:v>552313</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -21718,51 +21719,51 @@
       <x:c r="L320" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>616368</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
@@ -21772,173 +21773,173 @@
       <x:c r="K321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>497608</x:v>
+        <x:v>546054</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>497620</x:v>
+        <x:v>497608</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>546054</x:v>
+        <x:v>497620</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
@@ -21961,159 +21962,159 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>598941</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>546058</x:v>
+        <x:v>598938</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>598938</x:v>
+        <x:v>546058</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22123,51 +22124,51 @@
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>601551</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
@@ -22182,111 +22183,111 @@
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>548683</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>548699</x:v>
+        <x:v>499908</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
@@ -22309,100 +22310,100 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>515444</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>499908</x:v>
+        <x:v>548699</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
@@ -22414,51 +22415,51 @@
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>601563</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -22530,51 +22531,51 @@
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>548700</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -22646,51 +22647,51 @@
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>601564</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -22700,57 +22701,57 @@
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>548684</x:v>
+        <x:v>601552</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
@@ -22759,65 +22760,65 @@
       <x:c r="K338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>601552</x:v>
+        <x:v>548684</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>35007</x:v>
@@ -22924,63 +22925,63 @@
       <x:c r="I341" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>600258</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>479</x:v>
@@ -22997,51 +22998,51 @@
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>600260</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
@@ -23057,51 +23058,51 @@
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>601404</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
@@ -23181,51 +23182,51 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>557578</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
@@ -23404,159 +23405,160 @@
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>601030</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>547563</x:v>
+        <x:v>591163</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
+      <x:c r="E351" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>591163</x:v>
+        <x:v>547562</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
@@ -23565,111 +23567,111 @@
       <x:c r="K352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>547562</x:v>
+        <x:v>547563</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>542500</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="U353" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23906,51 +23908,51 @@
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>556594</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23971,159 +23973,159 @@
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>556595</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>567683</x:v>
+        <x:v>598898</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>598898</x:v>
+        <x:v>567683</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
@@ -24132,51 +24134,51 @@
       <x:c r="K362" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>478495</x:v>
+        <x:v>479834</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
@@ -24189,51 +24191,51 @@
       <x:c r="K363" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>479834</x:v>
+        <x:v>478495</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
@@ -24251,51 +24253,51 @@
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>547880</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -24424,51 +24426,51 @@
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>609810</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
@@ -24564,249 +24566,249 @@
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>617493</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>557456</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24867,114 +24869,114 @@
       <x:c r="K375" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>511579</x:v>
+        <x:v>587909</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>587909</x:v>
+        <x:v>511579</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -25086,614 +25088,615 @@
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>587953</x:v>
+        <x:v>522073</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>575212</x:v>
+        <x:v>541106</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>614352</x:v>
+        <x:v>587951</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>522073</x:v>
+        <x:v>587953</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>541106</x:v>
+        <x:v>575212</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>587951</x:v>
+        <x:v>614352</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
+      <x:c r="E385" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>542504</x:v>
+        <x:v>494819</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
-      <x:c r="E386" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>602313</x:v>
+        <x:v>542504</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
+      <x:c r="E387" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>581338</x:v>
+        <x:v>602313</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>522082</x:v>
+        <x:v>581338</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
-      <x:c r="E389" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>494819</x:v>
+        <x:v>522082</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>522</x:v>
@@ -26235,51 +26238,51 @@
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>603618</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
@@ -26288,114 +26291,114 @@
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>552180</x:v>
+        <x:v>495316</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>495316</x:v>
+        <x:v>552180</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
@@ -26410,51 +26413,51 @@
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>601795</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26526,51 +26529,51 @@
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>495320</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26583,51 +26586,51 @@
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>601796</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
@@ -26882,159 +26885,157 @@
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>522091</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>608344</x:v>
+        <x:v>522087</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>530</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>522087</x:v>
+        <x:v>594547</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27047,574 +27048,574 @@
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>608345</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>606238</x:v>
+        <x:v>608344</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>30122</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>606241</x:v>
+        <x:v>606238</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>554790</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>554791</x:v>
+        <x:v>554790</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>554026</x:v>
+        <x:v>554791</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>507611</x:v>
+        <x:v>554026</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>507612</x:v>
+        <x:v>507611</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>522089</x:v>
+        <x:v>507612</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>606277</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27635,159 +27636,159 @@
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>606276</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>564389</x:v>
+        <x:v>522089</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>504167</x:v>
+        <x:v>606277</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
@@ -27799,105 +27800,105 @@
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>577071</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>509258</x:v>
+        <x:v>504167</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
@@ -27912,108 +27913,108 @@
       <x:c r="K428" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>554806</x:v>
+        <x:v>509258</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>553996</x:v>
+        <x:v>554806</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
@@ -28025,2147 +28026,2151 @@
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>572365</x:v>
+        <x:v>553996</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>606275</x:v>
+        <x:v>572365</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>554025</x:v>
+        <x:v>606275</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
-      <x:c r="E433" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>601143</x:v>
+        <x:v>554025</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>497745</x:v>
+        <x:v>601143</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>548448</x:v>
+        <x:v>497745</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
-      <x:c r="E436" s="14" t="s"/>
+      <x:c r="E436" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>558631</x:v>
+        <x:v>548448</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
-      <x:c r="E437" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G437" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="I437" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="H437" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="Q437" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="Q437" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>599143</x:v>
+        <x:v>558631</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>599144</x:v>
+        <x:v>599143</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="Q439" s="4" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="R439" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="Q439" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>599148</x:v>
+        <x:v>599144</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>599145</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
+      <x:c r="E441" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>615333</x:v>
+        <x:v>599148</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
-      <x:c r="E442" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>599933</x:v>
+        <x:v>615333</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>599866</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="Q444" s="16" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="R444" s="14" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="S444" s="14" t="n">
+        <x:v>599933</x:v>
+      </x:c>
+      <x:c r="T444" s="16" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="U444" s="16" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>502704</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>551954</x:v>
+        <x:v>502673</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>599867</x:v>
+        <x:v>551954</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>599932</x:v>
+        <x:v>599867</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>551975</x:v>
+        <x:v>599932</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>599877</x:v>
+        <x:v>551975</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
+      <x:c r="E451" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G451" s="0" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="I451" s="4" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="J451" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K451" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L451" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M451" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="N451" s="3" t="n">
+        <x:v>32139</x:v>
+      </x:c>
+      <x:c r="O451" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="P451" s="0" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="Q451" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="R451" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="I451" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>594181</x:v>
+        <x:v>599877</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
-      <x:c r="E452" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>545029</x:v>
+        <x:v>594181</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>616218</x:v>
+        <x:v>545029</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>495430</x:v>
+        <x:v>616218</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>546960</x:v>
+        <x:v>495430</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>506886</x:v>
+        <x:v>546960</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>603472</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>550694</x:v>
+        <x:v>506886</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>535320</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>550660</x:v>
+        <x:v>550694</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="I461" s="4" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>562</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>611107</x:v>
+        <x:v>550660</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>535324</x:v>
+        <x:v>611107</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
+      <x:c r="E463" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>594169</x:v>
+        <x:v>535324</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>594547</x:v>
+        <x:v>594169</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>594176</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>566526</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -30189,51 +30194,51 @@
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>542950</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>194</x:v>
@@ -30243,160 +30248,159 @@
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>618763</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
-      <x:c r="E469" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>565855</x:v>
+        <x:v>618877</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
-      <x:c r="E470" s="14" t="s"/>
+      <x:c r="E470" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>618877</x:v>
+        <x:v>565855</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30841,51 +30845,51 @@
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>614689</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>29</x:v>
@@ -31093,66 +31097,66 @@
       <x:c r="U482" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>607976</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
@@ -31269,51 +31273,51 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
@@ -31329,51 +31333,51 @@
       <x:c r="T486" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
@@ -31390,51 +31394,51 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
@@ -31450,51 +31454,51 @@
       <x:c r="T488" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
@@ -31511,51 +31515,51 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
@@ -31571,51 +31575,51 @@
       <x:c r="T490" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
@@ -31673,161 +31677,159 @@
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>523230</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>594158</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>603795</x:v>
+        <x:v>542364</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
@@ -31953,271 +31955,272 @@
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>545661</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s"/>
+      <x:c r="E498" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>542364</x:v>
+        <x:v>603795</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>608873</x:v>
+        <x:v>496012</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
-      <x:c r="E500" s="14" t="s"/>
+      <x:c r="E500" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>487528</x:v>
+        <x:v>608873</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
-      <x:c r="E501" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>496012</x:v>
+        <x:v>487528</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -32489,66 +32492,66 @@
       <x:c r="U506" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>547460</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
@@ -32751,51 +32754,51 @@
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>546506</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
@@ -32983,51 +32986,51 @@
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>603551</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
@@ -33110,153 +33113,153 @@
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>560749</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>603522</x:v>
+        <x:v>603535</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>603535</x:v>
+        <x:v>603522</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>619</x:v>
@@ -33277,51 +33280,51 @@
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>549657</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33339,111 +33342,113 @@
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>542128</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
-      <x:c r="E522" s="14" t="s"/>
+      <x:c r="E522" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>504647</x:v>
+        <x:v>508729</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>35007</x:v>
@@ -33507,100 +33512,97 @@
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>504649</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
-        <x:v>37345</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
-      <x:c r="E525" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>508729</x:v>
+        <x:v>504647</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
@@ -33742,159 +33744,159 @@
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>546013</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>508721</x:v>
+        <x:v>600138</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>600138</x:v>
+        <x:v>508721</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34246,57 +34248,57 @@
       <x:c r="K537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>508722</x:v>
+        <x:v>546014</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
@@ -34305,57 +34307,57 @@
       <x:c r="K538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>546014</x:v>
+        <x:v>508722</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34376,51 +34378,51 @@
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>598963</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
@@ -34487,51 +34489,51 @@
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>594552</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
@@ -34598,51 +34600,51 @@
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>594546</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
@@ -34655,51 +34657,51 @@
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>594186</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>35007</x:v>
@@ -35422,92 +35424,92 @@
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>547665</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="U558" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>35007</x:v>
@@ -35699,51 +35701,51 @@
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>556402</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>35007</x:v>
@@ -35810,51 +35812,51 @@
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>594551</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>35007</x:v>
@@ -35921,51 +35923,51 @@
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>594536</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>35007</x:v>
@@ -36082,57 +36084,57 @@
       <x:c r="K569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>608169</x:v>
+        <x:v>556403</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I570" s="16" t="s">
         <x:v>172</x:v>
@@ -36143,65 +36145,65 @@
       <x:c r="K570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>556403</x:v>
+        <x:v>608169</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>35007</x:v>
@@ -36211,51 +36213,51 @@
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>594185</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
@@ -36322,142 +36324,142 @@
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>594539</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>594189</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>594543</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
@@ -36472,111 +36474,111 @@
       <x:c r="I576" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>558358</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>608243</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
@@ -36593,51 +36595,51 @@
       <x:c r="I578" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>511087</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
@@ -36650,60 +36652,60 @@
       <x:c r="I579" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>605982</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
         <x:v>531</x:v>
@@ -36711,51 +36713,51 @@
       <x:c r="I580" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>556277</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
@@ -36848,51 +36850,51 @@
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>594550</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>35007</x:v>
@@ -36920,81 +36922,81 @@
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>617488</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -37843,51 +37845,51 @@
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>515671</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>29</x:v>
@@ -38064,51 +38066,51 @@
       <x:c r="L603" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>556724</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s">
         <x:v>507</x:v>
@@ -38190,51 +38192,51 @@
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>594549</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>29</x:v>
@@ -38354,57 +38356,57 @@
       <x:c r="K608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>609591</x:v>
+        <x:v>609968</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -38414,107 +38416,107 @@
       <x:c r="K609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>609968</x:v>
+        <x:v>609591</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>547878</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -38544,103 +38546,107 @@
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>511028</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
-        <x:v>129</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
-      <x:c r="E612" s="14" t="s"/>
+      <x:c r="E612" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>703</x:v>
-[...1 lines deleted...]
-      <x:c r="H612" s="14" t="s"/>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H612" s="14" t="s">
+        <x:v>531</x:v>
+      </x:c>
       <x:c r="I612" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>594177</x:v>
+        <x:v>556401</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -38650,112 +38656,108 @@
       <x:c r="K613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>556401</x:v>
+        <x:v>607810</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
-      <x:c r="E614" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
-        <x:v>530</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>607810</x:v>
+        <x:v>594177</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
@@ -38771,57 +38773,57 @@
       <x:c r="K615" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>556279</x:v>
+        <x:v>608112</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I616" s="16" t="s">
         <x:v>172</x:v>
@@ -38832,57 +38834,57 @@
       <x:c r="K616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>608112</x:v>
+        <x:v>556279</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -38906,51 +38908,51 @@
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>511090</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>29</x:v>
@@ -38963,51 +38965,51 @@
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>594182</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>35007</x:v>
@@ -39756,405 +39758,405 @@
       <x:c r="K632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>600370</x:v>
+        <x:v>552607</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>552607</x:v>
+        <x:v>600370</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>505976</x:v>
+        <x:v>550659</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>550693</x:v>
+        <x:v>505976</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>506010</x:v>
+        <x:v>550693</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>550659</x:v>
+        <x:v>506010</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>608572</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -40350,51 +40352,51 @@
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>587356</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>35007</x:v>
@@ -40404,51 +40406,51 @@
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>594174</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>29</x:v>
@@ -40461,51 +40463,51 @@
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>594167</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>35007</x:v>
@@ -40557,51 +40559,51 @@
       <x:c r="L646" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>616780</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>57</x:v>
@@ -41074,51 +41076,51 @@
       <x:c r="L655" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>556805</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s">
         <x:v>55</x:v>
@@ -41551,51 +41553,51 @@
       <x:c r="L663" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>609762</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
@@ -41839,114 +41841,114 @@
       <x:c r="K668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>545558</x:v>
+        <x:v>504467</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>504467</x:v>
+        <x:v>545558</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
@@ -42201,159 +42203,159 @@
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>549436</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
-        <x:v>549431</x:v>
+        <x:v>525364</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
-        <x:v>525364</x:v>
+        <x:v>549431</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="E677" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -42433,51 +42435,51 @@
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>549437</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>35007</x:v>
@@ -42758,105 +42760,105 @@
       <x:c r="M684" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>572862</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
         <x:v>533781</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
@@ -42995,51 +42997,51 @@
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>564626</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>35007</x:v>
@@ -43445,51 +43447,51 @@
       <x:c r="L696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>601344</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -43502,51 +43504,51 @@
       <x:c r="L697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>601345</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
@@ -43572,51 +43574,51 @@
       </x:c>
       <x:c r="P698" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
         <x:v>499978</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>35007</x:v>
@@ -43674,51 +43676,51 @@
       <x:c r="L700" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>601039</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="E701" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -43790,51 +43792,51 @@
       <x:c r="L702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>601037</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="E703" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -43844,57 +43846,57 @@
       <x:c r="K703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>544970</x:v>
+        <x:v>495352</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
@@ -43903,57 +43905,57 @@
       <x:c r="K704" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>495352</x:v>
+        <x:v>544970</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="E705" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -43963,51 +43965,51 @@
       <x:c r="L705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>544967</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
@@ -44106,362 +44108,362 @@
       <x:c r="U707" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>41599</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>591975</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="I712" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
@@ -44743,308 +44745,308 @@
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>614913</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s"/>
       <x:c r="K720" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>614914</x:v>
+        <x:v>614918</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
-        <x:v>614944</x:v>
+        <x:v>614948</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s"/>
       <x:c r="K722" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
-        <x:v>71203</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
-        <x:v>614947</x:v>
+        <x:v>614914</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C723" s="3" t="s"/>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
-        <x:v>70354</x:v>
+        <x:v>71203</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
-        <x:v>614918</x:v>
+        <x:v>614944</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s"/>
       <x:c r="K724" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
         <x:v>71203</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
-        <x:v>614948</x:v>
+        <x:v>614947</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C725" s="3" t="s"/>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">