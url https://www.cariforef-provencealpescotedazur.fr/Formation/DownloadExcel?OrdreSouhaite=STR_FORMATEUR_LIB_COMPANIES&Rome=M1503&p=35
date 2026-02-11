--- v0 (2026-02-10)
+++ v1 (2026-02-11)
@@ -320,59 +320,59 @@
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours économie sociale et solidaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention gestion des ressources humaines parcours gestion des compétences et des talents</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention psychologie parcours psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management parcours contrôle de gestion et reporting</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
@@ -707,62 +707,62 @@
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement des ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la GRH : formation, compétences et emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bilan de recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Formation</x:t>
@@ -956,143 +956,143 @@
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager du développement des ressources humaines (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stratégie entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager du développement des ressources humaines (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie sociale entreprise</x:t>
   </x:si>
   <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chargé de développement des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/23/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Collaborer efficacement en mode projet</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comment garder des salariés motivés sur la durée</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
@@ -1421,59 +1421,59 @@
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/10/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
@@ -1538,59 +1538,59 @@
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Administration personnel</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/28/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé(e)  de recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
@@ -1622,102 +1622,102 @@
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>responsable en gestion administrative et ressources humaines</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
-    <x:t>responsable en gestion administrative et ressources humaines</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Recruter avec efficience pour limiter le turnover.</x:t>
   </x:si>
   <x:si>
     <x:t>Impuls</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite entretien recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gérer la nature des conflits et leurs causes</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion conflit</x:t>
   </x:si>
   <x:si>
+    <x:t>directeur des établissements de santé</x:t>
+  </x:si>
+  <x:si>
     <x:t>INSEEC</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>directeur des établissements de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Direction établissement médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de gestion des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG Programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
   </x:si>
@@ -3575,51 +3575,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>575869</x:v>
+        <x:v>575866</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -3632,51 +3632,51 @@
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>575866</x:v>
+        <x:v>575869</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
@@ -4341,57 +4341,57 @@
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>554916</x:v>
+        <x:v>603820</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>101</x:v>
@@ -4402,57 +4402,57 @@
       <x:c r="K30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>603820</x:v>
+        <x:v>554916</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
@@ -6830,117 +6830,117 @@
       <x:c r="K74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>541163</x:v>
+        <x:v>545001</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>545001</x:v>
+        <x:v>545003</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>208</x:v>
@@ -6951,51 +6951,51 @@
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>545003</x:v>
+        <x:v>541165</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -7011,175 +7011,176 @@
       <x:c r="K77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>541165</x:v>
+        <x:v>601363</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>34729</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>601363</x:v>
+        <x:v>569794</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>34729</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
+      <x:c r="E79" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>569794</x:v>
+        <x:v>541163</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -7669,103 +7670,103 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>608918</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>608917</x:v>
+        <x:v>608916</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>57</x:v>
@@ -7776,114 +7777,114 @@
       <x:c r="K90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>589858</x:v>
+        <x:v>608917</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>608916</x:v>
+        <x:v>589858</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
@@ -8033,161 +8034,161 @@
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>556633</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>607672</x:v>
+        <x:v>504145</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>504145</x:v>
+        <x:v>607672</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -8632,161 +8633,162 @@
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>607698</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>608731</x:v>
+        <x:v>589867</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>589867</x:v>
+        <x:v>608731</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -9873,283 +9875,283 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>509554</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>39777</x:v>
+        <x:v>34298</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>589996</x:v>
+        <x:v>497997</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>34298</x:v>
+        <x:v>37177</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>497997</x:v>
+        <x:v>600212</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>37177</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>600212</x:v>
+        <x:v>589996</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39777</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>600217</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>34298</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -10195,125 +10197,125 @@
       <x:c r="E131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>601251</x:v>
+        <x:v>589992</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39777</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>589992</x:v>
+        <x:v>601251</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -10323,57 +10325,57 @@
       <x:c r="K133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>601242</x:v>
+        <x:v>549293</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -10382,230 +10384,230 @@
       <x:c r="K134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>549293</x:v>
+        <x:v>601242</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>545656</x:v>
+        <x:v>608894</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>607490</x:v>
+        <x:v>545656</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U136" s="16" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>608894</x:v>
+        <x:v>607490</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="U137" s="4" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -10672,51 +10674,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>558099</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -10783,51 +10785,51 @@
       <x:c r="L141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>558991</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
@@ -10839,51 +10841,51 @@
       <x:c r="K142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>608893</x:v>
+        <x:v>603776</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -10899,167 +10901,168 @@
       <x:c r="L143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>603777</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>603776</x:v>
+        <x:v>586471</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
+      <x:c r="E145" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>586471</x:v>
+        <x:v>608893</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
@@ -12493,178 +12496,178 @@
       <x:c r="K172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>546236</x:v>
+        <x:v>499786</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>546273</x:v>
+        <x:v>546236</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>499786</x:v>
+        <x:v>546273</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -12920,161 +12923,161 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>502447</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>36411</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>502448</x:v>
+        <x:v>555949</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>37010</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>555949</x:v>
+        <x:v>502448</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>403</x:v>
@@ -14101,54 +14104,54 @@
       <x:c r="K201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>513325</x:v>
+        <x:v>602645</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
@@ -14160,114 +14163,114 @@
       <x:c r="K202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>602645</x:v>
+        <x:v>602646</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>602646</x:v>
+        <x:v>513325</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -14282,51 +14285,51 @@
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>546788</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14508,51 +14511,51 @@
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>602650</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14673,51 +14676,51 @@
       <x:c r="L211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>558663</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
@@ -14916,159 +14919,159 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>599177</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>497626</x:v>
+        <x:v>546150</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>546151</x:v>
+        <x:v>497626</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -15077,54 +15080,54 @@
       <x:c r="K218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>546150</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -15137,51 +15140,51 @@
       <x:c r="L219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>548734</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
@@ -15312,51 +15315,51 @@
       <x:c r="L222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>548738</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -15485,51 +15488,51 @@
       <x:c r="L225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>548736</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
@@ -15544,51 +15547,51 @@
       <x:c r="L226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>548740</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -15892,51 +15895,51 @@
       <x:c r="L232" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>562684</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -15949,51 +15952,51 @@
       <x:c r="M233" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>598119</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -16825,324 +16828,324 @@
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>601147</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
+      <x:c r="E249" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>569114</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>37266</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>586193</x:v>
+        <x:v>569114</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
-      <x:c r="E251" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>553372</x:v>
+        <x:v>586193</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>37266</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>553385</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>553426</x:v>
+        <x:v>553385</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>478</x:v>
@@ -17157,57 +17160,57 @@
       <x:c r="K254" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>553426</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -17228,154 +17231,154 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>553374</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>574461</x:v>
+        <x:v>602984</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>37266</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>33052</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>602984</x:v>
+        <x:v>574461</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -17834,51 +17837,51 @@
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>581262</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -17950,51 +17953,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>608956</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18411,51 +18414,51 @@
       <x:c r="M276" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>608959</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18576,51 +18579,51 @@
       <x:c r="L279" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>551983</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
@@ -18638,51 +18641,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>599894</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>37010</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -18703,154 +18706,154 @@
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>515959</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>591926</x:v>
+        <x:v>596951</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>37266</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>33052</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>596951</x:v>
+        <x:v>591926</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -19089,148 +19092,148 @@
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>576542</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>37748</x:v>
+        <x:v>37151</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>616042</x:v>
+        <x:v>616039</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>37151</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>616039</x:v>
+        <x:v>616042</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>40863</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
@@ -19260,225 +19263,225 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>589955</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>40863</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>609575</x:v>
+        <x:v>609845</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>34298</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>609845</x:v>
+        <x:v>509387</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>34298</x:v>
+        <x:v>40863</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>509387</x:v>
+        <x:v>609575</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -19488,57 +19491,57 @@
       <x:c r="K295" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>549108</x:v>
+        <x:v>549107</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>544</x:v>
@@ -19549,57 +19552,57 @@
       <x:c r="K296" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>549107</x:v>
+        <x:v>549108</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -19670,51 +19673,51 @@
       <x:c r="M298" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>33049</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>511506</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>41</x:v>
@@ -19722,51 +19725,51 @@
       <x:c r="M299" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>33049</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>601584</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
@@ -19777,51 +19780,51 @@
       <x:c r="M300" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>511517</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>41</x:v>
@@ -20268,235 +20271,234 @@
       <x:c r="K309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>531508</x:v>
+        <x:v>556977</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>588372</x:v>
+        <x:v>531508</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
-      <x:c r="E311" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>589852</x:v>
+        <x:v>588372</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
-      <x:c r="E312" s="14" t="s"/>
+      <x:c r="E312" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>556977</x:v>
+        <x:v>589852</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20815,158 +20817,159 @@
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>556971</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
+      <x:c r="E319" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>556972</x:v>
+        <x:v>549287</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
-      <x:c r="E320" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>549287</x:v>
+        <x:v>556972</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35756</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
@@ -21101,51 +21104,51 @@
       <x:c r="M323" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>556976</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
@@ -21449,51 +21452,51 @@
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>521700</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
@@ -21963,59 +21966,59 @@
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>608621</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>33</x:v>
@@ -22073,114 +22076,114 @@
       <x:c r="K340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>546525</x:v>
+        <x:v>603570</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>603570</x:v>
+        <x:v>546525</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>34710</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -22482,51 +22485,51 @@
       <x:c r="M347" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>603542</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -22712,51 +22715,51 @@
       <x:c r="M351" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>554314</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
@@ -22779,51 +22782,51 @@
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>546328</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>33</x:v>
@@ -22895,51 +22898,51 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>546327</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>33</x:v>
@@ -23056,57 +23059,57 @@
       <x:c r="K357" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>552598</x:v>
+        <x:v>600433</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
@@ -23115,114 +23118,114 @@
       <x:c r="K358" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>552599</x:v>
+        <x:v>552598</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>600433</x:v>
+        <x:v>552599</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
@@ -23469,51 +23472,51 @@
       <x:c r="M364" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>550760</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>34798</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -23526,51 +23529,51 @@
       <x:c r="M365" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>534839</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
@@ -24893,103 +24896,107 @@
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>595472</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>35917</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s"/>
+      <x:c r="E390" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>663</x:v>
-[...1 lines deleted...]
-      <x:c r="H390" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>667</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>667</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>595410</x:v>
+        <x:v>603406</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -24999,118 +25006,114 @@
       <x:c r="K391" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>603406</x:v>
+        <x:v>603407</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>35917</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
-      <x:c r="E392" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>603407</x:v>
+        <x:v>595410</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -25456,54 +25459,54 @@
       <x:c r="J399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>602549</x:v>
+        <x:v>602551</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>99</x:v>
@@ -25517,54 +25520,54 @@
       <x:c r="J400" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>556170</x:v>
+        <x:v>556147</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -25577,54 +25580,54 @@
       <x:c r="J401" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>602551</x:v>
+        <x:v>602549</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>99</x:v>
@@ -25638,54 +25641,54 @@
       <x:c r="J402" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>556147</x:v>
+        <x:v>556170</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
@@ -26304,315 +26307,315 @@
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>616149</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>576384</x:v>
+        <x:v>612004</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>686</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="J416" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33049</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>578834</x:v>
+        <x:v>613727</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>578848</x:v>
+        <x:v>576384</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>688</x:v>
-[...1 lines deleted...]
-      <x:c r="C418" s="15" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="C418" s="15" t="n">
+        <x:v>37010</x:v>
+      </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="J418" s="14" t="s"/>
+      <x:c r="J418" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>33049</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>613727</x:v>
+        <x:v>578834</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>41132</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>612004</x:v>
+        <x:v>578848</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
@@ -26629,148 +26632,148 @@
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>581461</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>613758</x:v>
+        <x:v>559195</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>37010</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>559195</x:v>
+        <x:v>576385</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
@@ -26780,114 +26783,114 @@
       <x:c r="K423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>576385</x:v>
+        <x:v>576386</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>576386</x:v>
+        <x:v>613758</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>699</x:v>
       </x:c>