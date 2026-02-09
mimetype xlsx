--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -260,134 +260,134 @@
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours mathématiques appliquées et sciences sociales (MASS) - Analyse des populations</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours  informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours mathématiques fondamentales</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Statistique descriptive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours données, analyses, décisions et évaluation économiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique économique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mode parcours management de la mode</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Création textile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économétrie, statistiques parcours économétrie et data sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Statistique appliquée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management de l'innovation parcours marketing des produits innovants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innovation entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mathématiques et informatique appliquées aux sciences humaines et sociales parcours mathématiques et économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connaissance entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des territoires et développement local parcours gestion durable des territoires de montagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement local</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours création d'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours recherche en économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management de l'innovation parcours recherche, études et conseil en sciences de gestion</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>Connaissance entreprise</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion parcours économie finance</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours évaluation et conseil en action sociale et développement économique</x:t>
   </x:si>
   <x:si>
-    <x:t>Statistique descriptive</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention management de l'innovation parcours stratégies digitales et pilotage des innovations numériques</x:t>
   </x:si>
   <x:si>
-    <x:t>Innovation entreprise</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Master mention économétrie, statistiques parcours recherche en économie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie du droit parcours business law and economics</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours management de la qualité, de la performance et du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sociologie parcours sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Sondage</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
@@ -527,68 +527,68 @@
   <x:si>
     <x:t>BUT spécialité science des données parcours visualisation, conception d'outils décisionnels</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention mathématiques appliquées, statistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention mathématiques et applications</x:t>
   </x:si>
   <x:si>
-    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Data analyst</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention ingénierie des systèmes complexes</x:t>
   </x:si>
   <x:si>
     <x:t>Automatisme informatique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>CPAG</x:t>
@@ -812,95 +812,95 @@
   <x:si>
     <x:t>07/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Data analyst (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données - bootcamp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention ingénierie des systèmes complexes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Data analyst : module expert</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Data analyst (Contrat de Professionnalisation)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Expert en data science - Data Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
@@ -929,71 +929,71 @@
   <x:si>
     <x:t>Aménagement urbain</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement touristique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention économie des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
@@ -1061,75 +1061,75 @@
   <x:si>
     <x:t>Licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention monnaie, banque, finance, assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - UFR Sciences Economiques et de Gestion</x:t>
   </x:si>
   <x:si>
+    <x:t>Power Query Power Pivot perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivaneo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power BI maîtrise complète</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Power BI Data storytelling et design de dashboards</x:t>
   </x:si>
   <x:si>
-    <x:t>Vivaneo</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Power BI les fondamentaux</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Power Query Power Pivot maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>PowerPoint blended Learning</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel PowerPoint</x:t>
   </x:si>
   <x:si>
     <x:t>PowerPoint maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Power BI perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2663,1066 +2663,1066 @@
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>574974</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>575656</x:v>
+        <x:v>575685</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>575659</x:v>
+        <x:v>575688</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38182</x:v>
+        <x:v>39198</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>11045</x:v>
+        <x:v>21627</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575682</x:v>
+        <x:v>575880</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>35910</x:v>
+        <x:v>39013</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>32070</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575874</x:v>
+        <x:v>575678</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38182</x:v>
+        <x:v>35910</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>11045</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575685</x:v>
+        <x:v>575872</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39015</x:v>
+        <x:v>40806</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>575688</x:v>
+        <x:v>580611</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39198</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21627</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575880</x:v>
+        <x:v>575660</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39013</x:v>
+        <x:v>39193</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>11017</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>575678</x:v>
+        <x:v>575871</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35910</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>32070</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575872</x:v>
+        <x:v>575658</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>575660</x:v>
+        <x:v>575681</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39193</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>575871</x:v>
+        <x:v>575687</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40806</x:v>
+        <x:v>35910</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>580611</x:v>
+        <x:v>575873</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>575658</x:v>
+        <x:v>575656</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38182</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>11045</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>575681</x:v>
+        <x:v>575659</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13057</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>575687</x:v>
+        <x:v>575682</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>575873</x:v>
+        <x:v>575874</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>575679</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>575662</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
@@ -3735,60 +3735,60 @@
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>575663</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
@@ -3851,51 +3851,51 @@
       <x:c r="G39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>575684</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
@@ -4372,51 +4372,51 @@
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>597469</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
@@ -4426,51 +4426,51 @@
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>591973</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -4483,51 +4483,51 @@
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
@@ -4594,60 +4594,60 @@
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>592068</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -4705,51 +4705,51 @@
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592035</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -4759,51 +4759,51 @@
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>592037</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4927,51 +4927,51 @@
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>592128</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -5038,51 +5038,51 @@
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>592041</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5149,51 +5149,51 @@
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592034</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
@@ -5260,51 +5260,51 @@
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>597467</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
@@ -5314,51 +5314,51 @@
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>597468</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -5371,51 +5371,51 @@
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>595415</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
@@ -5425,51 +5425,51 @@
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>592039</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
@@ -5482,51 +5482,51 @@
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592042</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -5728,145 +5728,145 @@
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592058</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>592126</x:v>
+        <x:v>592112</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>592112</x:v>
+        <x:v>592126</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -5978,51 +5978,51 @@
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>592036</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -7265,622 +7265,623 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>37837</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>610848</x:v>
+        <x:v>578534</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
+      <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>583894</x:v>
+        <x:v>578578</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37837</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>578534</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>257</x:v>
-[...1 lines deleted...]
-      <x:c r="C104" s="15" t="s"/>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="n">
+        <x:v>37837</x:v>
+      </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="J104" s="14" t="s"/>
+      <x:c r="J104" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>578578</x:v>
+        <x:v>578536</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>37837</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>615665</x:v>
+        <x:v>578591</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>237</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>37837</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>615666</x:v>
+        <x:v>610848</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C107" s="3" t="s"/>
+      <x:c r="D107" s="3" t="s"/>
+      <x:c r="E107" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="G107" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="n">
-[...5 lines deleted...]
-      </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>49</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>615686</x:v>
+        <x:v>583894</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>578536</x:v>
+        <x:v>615665</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>37837</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>578591</x:v>
+        <x:v>615666</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>37837</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>615688</x:v>
+        <x:v>615686</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>140</x:v>
@@ -7955,51 +7956,51 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>578620</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>58</x:v>
@@ -8063,51 +8064,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8179,51 +8180,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8236,51 +8237,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8419,100 +8420,100 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>610852</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>615689</x:v>
+        <x:v>615681</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -8521,114 +8522,114 @@
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>578625</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>615681</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -8637,57 +8638,57 @@
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>615687</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>41077</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9037,335 +9038,333 @@
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>596946</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>113</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38542</x:v>
+        <x:v>35401</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>273</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>288</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>597442</x:v>
+        <x:v>554904</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>38296</x:v>
+        <x:v>38542</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>597443</x:v>
+        <x:v>597442</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>38296</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>591977</x:v>
+        <x:v>597443</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>35401</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>289</x:v>
-[...2 lines deleted...]
-        <x:v>290</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>603430</x:v>
+        <x:v>591977</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="I136" s="16" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>554904</x:v>
+        <x:v>603430</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9386,322 +9385,322 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>587191</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>40806</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>592810</x:v>
+        <x:v>592123</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>39059</x:v>
+        <x:v>40806</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>592012</x:v>
+        <x:v>592810</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>39015</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>592038</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>591976</x:v>
+        <x:v>592038</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592123</x:v>
+        <x:v>591976</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9719,51 +9718,51 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>592404</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
@@ -9830,205 +9829,205 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>592811</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>592110</x:v>
+        <x:v>592111</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>592125</x:v>
+        <x:v>592110</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>592111</x:v>
+        <x:v>592125</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -10052,51 +10051,51 @@
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>591988</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>141</x:v>
@@ -10274,51 +10273,51 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>591984</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
@@ -10331,51 +10330,51 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>592122</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>11040</x:v>
@@ -10416,51 +10415,51 @@
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>591972</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -10581,51 +10580,51 @@
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>591975</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -10640,51 +10639,51 @@
       <x:c r="G160" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
@@ -10697,77 +10696,77 @@
       <x:c r="G161" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10930,824 +10929,824 @@
       <x:c r="I165" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>608590</x:v>
+        <x:v>608725</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>608593</x:v>
+        <x:v>615070</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>608725</x:v>
+        <x:v>608590</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>615070</x:v>
+        <x:v>608593</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>615071</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>615073</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>615172</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>608592</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>615072</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>615171</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>615176</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>608723</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>608591</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>608595</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>608594</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>615175</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">