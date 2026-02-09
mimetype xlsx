--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -353,122 +353,122 @@
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention techniques du son et de l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Scripte pour le cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cifap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant réalisateur</x:t>
   </x:si>
   <x:si>
-    <x:t>Cifap</x:t>
-[...23 lines deleted...]
-    <x:t>02/27/2026 00:00:00</x:t>
+    <x:t>Assistant caméra cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cinémagis Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Équipement audiovisuel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant réalisateur cinéma</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
-    <x:t>Cinémagis Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistant caméra cinéma</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bases de l’audiovisuel en activité immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en conception, réalisation et animation 3D blocs de compétences BC05 - BC06 - BC07</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - Antenne Arles</x:t>
@@ -590,92 +590,92 @@
   <x:si>
     <x:t>Cadreur - monteur - vidéaste BC02 Assurer le tournage d’un projet audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Communication et de l'Audiovisuel de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IMCA PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Montage audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadreur monteur - vidéaste BC2 assurer le tournage d’un projet audiovisuel de type reportage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadreur monteur - vidéaste blocs de compétences 2 - 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadreur - monteur - vidéaste BC03 Réaliser le montage d’un projet audiovisuel et livrer le film</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cadreur monteur - vidéaste</x:t>
   </x:si>
   <x:si>
     <x:t>Femme , Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur - monteur - vidéaste</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public de la formation initiale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cadreur monteur - vidéaste BC2 assurer le tournage d’un projet audiovisuel de type reportage</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Cadreur monteur - vidéaste (ADAPTE)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'études supérieures des techniques du son</x:t>
   </x:si>
   <x:si>
     <x:t>ISTS</x:t>
   </x:si>
   <x:si>
     <x:t>Régie son</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant d'équipe technique de cinéma (POEC)</x:t>
@@ -809,54 +809,54 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures  - cinéma audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marseilleveyre</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiation mise en scène intimité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Acting jeu caméra</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Initiation mise en scène intimité</x:t>
   </x:si>
   <x:si>
     <x:t>réalisateur 3D</x:t>
   </x:si>
   <x:si>
     <x:t>MJM Graphic Design</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet audiovisuel multi technique spécialisation caméra et lumière (Apprentissage)</x:t>
   </x:si>
@@ -2598,325 +2598,327 @@
       <x:c r="K21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>608285</x:v>
+        <x:v>608286</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>608286</x:v>
+        <x:v>611531</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>611531</x:v>
+        <x:v>608285</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39377</x:v>
+        <x:v>39956</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
+      <x:c r="E24" s="14" t="s"/>
+      <x:c r="F24" s="14" t="s"/>
+      <x:c r="G24" s="14" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>583969</x:v>
+        <x:v>572333</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>39377</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C25" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>46233</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>606158</x:v>
+        <x:v>583969</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39956</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46233</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>572333</x:v>
+        <x:v>606158</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>38</x:v>
@@ -3517,254 +3519,254 @@
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>565858</x:v>
+        <x:v>587175</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>41667</x:v>
+        <x:v>38803</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>616988</x:v>
+        <x:v>587177</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38803</x:v>
+        <x:v>41667</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>587175</x:v>
+        <x:v>612447</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>587177</x:v>
+        <x:v>565858</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>41667</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -3773,57 +3775,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>612447</x:v>
+        <x:v>616988</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -4085,51 +4087,51 @@
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G48" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>603519</x:v>
       </x:c>
@@ -4268,51 +4270,51 @@
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46274</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>604630</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
@@ -4906,51 +4908,51 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>591910</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
@@ -4994,51 +4996,51 @@
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>576382</x:v>
+        <x:v>577110</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>244</x:v>
@@ -5047,51 +5049,51 @@
       <x:c r="K66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>577110</x:v>
+        <x:v>576382</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39256</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -5659,51 +5661,51 @@
       <x:c r="K77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>571064</x:v>
+        <x:v>586830</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
@@ -5718,51 +5720,51 @@
       <x:c r="K78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>586830</x:v>
+        <x:v>571064</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>278</x:v>