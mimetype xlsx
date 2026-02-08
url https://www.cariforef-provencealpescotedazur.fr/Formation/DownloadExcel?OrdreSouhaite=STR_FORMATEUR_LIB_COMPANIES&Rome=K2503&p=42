--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -338,65 +338,65 @@
   <x:si>
     <x:t>01/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur spécialisé en traitement d’informations de sécurité à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maître-chien</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Maître-chien</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Vidéoprotection - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Ajout ou Remplacement de chien sur la carte professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance protection gardiennage</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité cynophile</x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électriques H0 - B0</x:t>
@@ -404,59 +404,59 @@
   <x:si>
     <x:t>Équipier de Première Intervention (E.P.I.) - Intervenir au moyen d'un extincteur ou d'un R.I.A. - PIS056</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité incendie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/12/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (E.P.I.) - Simulateur de feu numérique - PIS086</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
@@ -497,65 +497,65 @@
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agent privé de protection de personnalité</x:t>
   </x:si>
   <x:si>
     <x:t>Protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection des personnes (Apprentissage)</x:t>
@@ -854,98 +854,98 @@
   <x:si>
     <x:t>BP agent technique de prévention et de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Centre du Service Militaire Volontaire Sud-Est</x:t>
   </x:si>
   <x:si>
     <x:t>01500</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
+    <x:t>Autre public , Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Demandeur d'emploi</x:t>
+    <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur en vidéoprotection</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
@@ -977,56 +977,56 @@
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignement Risques Professionnels Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>ERP FORMATION SUD EST</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de prévention et de sécurité + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
-    <x:t>07/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent de prévention et de sécurité (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Envergure</x:t>
   </x:si>
   <x:si>
     <x:t>93600</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management opérationnel de la sécurité (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
@@ -1223,56 +1223,56 @@
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>BP Agent technique de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
-    <x:t>02/04/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
@@ -1397,65 +1397,65 @@
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
   </x:si>
   <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFPST</x:t>
   </x:si>
   <x:si>
-    <x:t>83500</x:t>
-[...2 lines deleted...]
-    <x:t>LA SEYNE-SUR-MER</x:t>
+    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (MAC APS)</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>IESC</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
@@ -1472,56 +1472,56 @@
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Universel de Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
@@ -1565,71 +1565,71 @@
   <x:si>
     <x:t>Ip Seq</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Jck Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Jck formation conseil</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + Agent de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de sécurité et de sûreté d'installation portuaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent de sécurité et de sûreté d'installation portuaire</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP A Hutinel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro métiers de la sécurité</x:t>
   </x:si>
   <x:si>
-    <x:t>LP A Hutinel</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Raynaud</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
@@ -1721,68 +1721,68 @@
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/05/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) + MAC SST (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
@@ -1793,95 +1793,95 @@
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Attestation de formation des agents des entreprises de protection privée de navires</x:t>
   </x:si>
   <x:si>
     <x:t>Oropex</x:t>
   </x:si>
   <x:si>
     <x:t>Prestiges Formations Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>06270</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle) + GPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle) + GPS</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
@@ -1913,60 +1913,60 @@
   <x:si>
     <x:t>13670</x:t>
   </x:si>
   <x:si>
     <x:t>VERQUIERES</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Si Région Paca</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + module vidéoprotection + SSIAP 1</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent en protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APR - Maitien et actualisation des compétences d'agent de protection rapprochée</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent de sécurité et de surveillance humaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de sécurité renforcé armé de catégorie D</x:t>
   </x:si>
   <x:si>
     <x:t>Armement</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Techniqual</x:t>
   </x:si>
   <x:si>
     <x:t>13480</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
@@ -3566,196 +3566,197 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>586078</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="J20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>581388</x:v>
+        <x:v>585366</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="C21" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>585358</x:v>
+        <x:v>581388</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>585366</x:v>
+        <x:v>585358</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>85</x:v>
@@ -3774,78 +3775,78 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>586093</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>585362</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
@@ -3907,51 +3908,51 @@
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>585354</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
@@ -3961,51 +3962,51 @@
         <x:v>40271</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>585355</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
@@ -4040,74 +4041,74 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>586092</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>585357</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
@@ -4404,139 +4405,139 @@
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>610713</x:v>
+        <x:v>591635</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>591635</x:v>
+        <x:v>610713</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>105</x:v>
@@ -5244,154 +5245,153 @@
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>538971</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>38113</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s"/>
+      <x:c r="E52" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>587780</x:v>
+        <x:v>607833</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="U52" s="16" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>607833</x:v>
+        <x:v>587780</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38450</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
@@ -5577,51 +5577,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>607839</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -5699,97 +5699,97 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>607624</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>587781</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39841</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -5915,51 +5915,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>607835</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
@@ -5974,54 +5974,54 @@
       <x:c r="L64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>607837</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -6950,54 +6950,54 @@
       <x:c r="L81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>607311</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -7124,51 +7124,51 @@
       <x:c r="L84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>590154</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7178,51 +7178,51 @@
       <x:c r="L85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>590153</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -7803,54 +7803,54 @@
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>607768</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -7860,54 +7860,54 @@
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>607760</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7919,54 +7919,54 @@
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>607772</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8151,54 +8151,54 @@
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>607759</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -8324,57 +8324,57 @@
       <x:c r="K105" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>508956</x:v>
+        <x:v>556778</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>256</x:v>
@@ -8385,168 +8385,168 @@
       <x:c r="K106" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>556778</x:v>
+        <x:v>508956</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>545239</x:v>
+        <x:v>545240</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>545240</x:v>
+        <x:v>545239</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -8630,383 +8630,384 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>599507</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>37879</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
-      <x:c r="E111" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>612809</x:v>
+        <x:v>600697</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
-      <x:c r="F112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F112" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G112" s="14" t="s">
-        <x:v>267</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>599957</x:v>
+        <x:v>612809</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>600697</x:v>
+        <x:v>599957</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E114" s="14" t="s"/>
+      <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>612247</x:v>
+        <x:v>610201</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C115" s="3" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C115" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>599952</x:v>
+        <x:v>612247</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>275</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>610201</x:v>
+        <x:v>599952</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -9019,51 +9020,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>600745</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9195,51 +9196,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>599509</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42801</x:v>
@@ -9297,51 +9298,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>601753</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -9408,114 +9409,114 @@
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>595132</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9587,287 +9588,283 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>611084</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s"/>
-      <x:c r="F128" s="14" t="s"/>
+      <x:c r="E128" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F128" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G128" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>611082</x:v>
+        <x:v>612248</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
-      <x:c r="E129" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>612248</x:v>
+        <x:v>611082</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
-      <x:c r="F130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F130" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G130" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>611085</x:v>
+        <x:v>616141</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
-      <x:c r="E131" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>616141</x:v>
+        <x:v>611085</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
@@ -10578,54 +10575,54 @@
       <x:c r="L144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>609524</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -11103,51 +11100,51 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>615080</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>125</x:v>
@@ -11160,51 +11157,51 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>608531</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42801</x:v>
@@ -11277,484 +11274,484 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>580272</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>31814</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>608230</x:v>
+        <x:v>615075</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>615076</x:v>
+        <x:v>608231</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>615075</x:v>
+        <x:v>608253</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>608231</x:v>
+        <x:v>608230</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>608253</x:v>
+        <x:v>608228</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>608228</x:v>
+        <x:v>608255</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>608255</x:v>
+        <x:v>608256</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>608256</x:v>
+        <x:v>615076</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -11775,51 +11772,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>608278</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>125</x:v>
@@ -11832,51 +11829,51 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>608528</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42801</x:v>
@@ -12877,51 +12874,51 @@
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>616365</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13182,382 +13179,382 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>579096</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="S190" s="14" t="n">
+        <x:v>610221</x:v>
+      </x:c>
+      <x:c r="T190" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="S190" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>610221</x:v>
+        <x:v>610222</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
-      <x:c r="F192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F192" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G192" s="14" t="s">
-        <x:v>376</x:v>
-[...1 lines deleted...]
-      <x:c r="H192" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H192" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>610222</x:v>
+        <x:v>616142</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>579094</x:v>
+        <x:v>564386</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
+      <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>616142</x:v>
+        <x:v>610220</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>610220</x:v>
+        <x:v>579094</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13624,123 +13621,117 @@
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>612251</x:v>
+        <x:v>616144</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E198" s="14" t="s"/>
+      <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>612253</x:v>
+        <x:v>579095</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -13750,60 +13741,60 @@
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>580278</x:v>
+        <x:v>612251</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G200" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -13813,60 +13804,60 @@
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>580279</x:v>
+        <x:v>612253</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -13876,111 +13867,117 @@
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>616144</x:v>
+        <x:v>580278</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s"/>
-      <x:c r="F202" s="14" t="s"/>
+      <x:c r="E202" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F202" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G202" s="14" t="s">
-        <x:v>376</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>579095</x:v>
+        <x:v>580279</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
@@ -13993,51 +13990,51 @@
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>570869</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -14272,54 +14269,54 @@
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>617131</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14671,57 +14668,57 @@
       <x:c r="K215" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>603627</x:v>
+        <x:v>549473</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -14730,57 +14727,57 @@
       <x:c r="K216" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>549473</x:v>
+        <x:v>603627</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -15092,51 +15089,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>599768</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42811</x:v>
@@ -15481,54 +15478,54 @@
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>599872</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
@@ -15551,672 +15548,674 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>510286</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F231" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="R231" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="R231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>603850</x:v>
+        <x:v>612254</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
+      <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="R232" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="R232" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>612254</x:v>
+        <x:v>603850</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>41394</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F233" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>446</x:v>
-[...2 lines deleted...]
-        <x:v>447</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>602485</x:v>
+        <x:v>612243</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>602486</x:v>
+        <x:v>602485</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
-      <x:c r="E235" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>612243</x:v>
+        <x:v>602486</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>598017</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>597887</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>602424</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>611276</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>597891</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>602428</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
@@ -16247,51 +16246,51 @@
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>612255</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
@@ -16558,315 +16557,315 @@
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>613538</x:v>
+        <x:v>613540</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>613553</x:v>
+        <x:v>613541</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>613540</x:v>
+        <x:v>613543</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C251" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>613541</x:v>
+        <x:v>613586</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>613543</x:v>
+        <x:v>613538</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="J253" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>613586</x:v>
+        <x:v>613553</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
@@ -17023,51 +17022,51 @@
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>613548</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
@@ -17076,51 +17075,51 @@
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>613549</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
@@ -17342,384 +17341,384 @@
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>597768</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>127</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>495732</x:v>
+        <x:v>597761</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>597761</x:v>
+        <x:v>597770</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>597770</x:v>
+        <x:v>587321</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>587321</x:v>
+        <x:v>587322</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>38002</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s"/>
+      <x:c r="E268" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>587322</x:v>
+        <x:v>599383</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>599383</x:v>
+        <x:v>495732</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -17792,51 +17791,51 @@
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>612256</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
@@ -17960,51 +17959,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>597762</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18206,51 +18205,51 @@
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>509535</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
@@ -18322,159 +18321,159 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>616625</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>598679</x:v>
+        <x:v>614651</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>598678</x:v>
+        <x:v>598559</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>41142</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18495,156 +18494,156 @@
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>616350</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>598559</x:v>
+        <x:v>598679</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>614651</x:v>
+        <x:v>598678</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="n">
         <x:v>5641</x:v>
       </x:c>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
@@ -18670,262 +18669,262 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>598670</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>39133</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="I287" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="I287" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="Q287" s="4" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>595117</x:v>
+        <x:v>595133</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="Q288" s="16" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>595133</x:v>
+        <x:v>595117</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>596891</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>595112</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18935,108 +18934,108 @@
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>596889</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>595114</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19046,108 +19045,108 @@
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>596887</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>595120</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -19157,54 +19156,54 @@
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>595131</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19214,108 +19213,108 @@
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>596892</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>595134</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19325,162 +19324,162 @@
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>596890</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>595118</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>595116</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -19674,54 +19673,54 @@
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>596888</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -19858,97 +19857,97 @@
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>517867</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>595119</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -19961,54 +19960,54 @@
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>611320</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -20020,162 +20019,162 @@
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>547829</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>595113</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>595111</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
@@ -20199,97 +20198,97 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>547760</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>595115</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
@@ -20305,406 +20304,406 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>576702</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C316" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="J316" s="14" t="s"/>
+      <x:c r="J316" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>605430</x:v>
+        <x:v>616922</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U316" s="16" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>616924</x:v>
+        <x:v>616925</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="J318" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>616922</x:v>
+        <x:v>605427</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>616925</x:v>
+        <x:v>605429</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>605427</x:v>
+        <x:v>605433</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>605429</x:v>
+        <x:v>605430</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>605433</x:v>
+        <x:v>616924</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -21100,51 +21099,51 @@
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>617098</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
@@ -21521,51 +21520,51 @@
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>586793</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
@@ -22044,51 +22043,51 @@
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>586705</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
@@ -22344,581 +22343,580 @@
       <x:c r="K354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>586714</x:v>
+        <x:v>586707</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>586803</x:v>
+        <x:v>586717</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>586799</x:v>
+        <x:v>586804</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C357" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C357" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
+      <x:c r="J357" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>586707</x:v>
+        <x:v>586700</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C358" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C358" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="J358" s="14" t="s"/>
+      <x:c r="J358" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>586717</x:v>
+        <x:v>586701</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="J359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>614861</x:v>
+        <x:v>586709</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="J360" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>586700</x:v>
+        <x:v>586710</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="J361" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>586701</x:v>
+        <x:v>586714</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>586709</x:v>
+        <x:v>586803</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>586710</x:v>
+        <x:v>586799</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>560</x:v>
-[...1 lines deleted...]
-      <x:c r="C364" s="15" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C364" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="J364" s="14" t="s"/>
+      <x:c r="J364" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>586804</x:v>
+        <x:v>614861</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="U364" s="16" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
@@ -22974,544 +22972,545 @@
       <x:c r="K366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>602261</x:v>
+        <x:v>602270</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>602302</x:v>
+        <x:v>602292</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="J368" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>602269</x:v>
+        <x:v>602293</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>602270</x:v>
+        <x:v>602263</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>583</x:v>
-[...1 lines deleted...]
-      <x:c r="C370" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C370" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="J370" s="14" t="s"/>
+      <x:c r="J370" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>602292</x:v>
+        <x:v>602265</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>583</x:v>
-[...1 lines deleted...]
-      <x:c r="C371" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C371" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
+      <x:c r="J371" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>602293</x:v>
+        <x:v>602266</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="J372" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>602263</x:v>
+        <x:v>602302</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>602265</x:v>
+        <x:v>602261</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>602266</x:v>
+        <x:v>602269</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>602295</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -23520,100 +23519,100 @@
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>602309</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>602294</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -23622,100 +23621,100 @@
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>602296</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>602297</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -23724,100 +23723,100 @@
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>602300</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>602305</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -23826,100 +23825,100 @@
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>602307</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>602308</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -24039,304 +24038,304 @@
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>602268</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>602306</x:v>
+        <x:v>602298</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>602298</x:v>
+        <x:v>602299</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>602299</x:v>
+        <x:v>602306</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>602303</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>602304</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -24726,364 +24725,364 @@
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>585305</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>37616</x:v>
+        <x:v>40375</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>23641</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>585295</x:v>
+        <x:v>585300</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>40375</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>585300</x:v>
+        <x:v>585303</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>335</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="J402" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>585303</x:v>
+        <x:v>585308</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C403" s="3" t="s"/>
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C403" s="3" t="n">
+        <x:v>37616</x:v>
+      </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
+      <x:c r="J403" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>23641</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>585308</x:v>
+        <x:v>585295</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C404" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C404" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="J404" s="14" t="s"/>
+      <x:c r="J404" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>606655</x:v>
+        <x:v>606637</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="J405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>606637</x:v>
+        <x:v>606655</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25096,51 +25095,51 @@
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>606636</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25261,51 +25260,51 @@
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>606640</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
@@ -25363,51 +25362,51 @@
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>606647</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25420,82 +25419,82 @@
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>606641</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>417482</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
@@ -25504,51 +25503,51 @@
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>527366</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>