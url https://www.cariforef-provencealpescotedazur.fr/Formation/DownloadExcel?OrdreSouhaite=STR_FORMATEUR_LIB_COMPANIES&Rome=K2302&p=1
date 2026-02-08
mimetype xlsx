--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -137,95 +137,95 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité carrières sociales parcours villes et territoires durables</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers des services à l'environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Pollution atmosphérique</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
@@ -248,62 +248,62 @@
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/09/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
@@ -344,57 +344,57 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement urbain</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04000</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
@@ -960,150 +960,150 @@
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>35516</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s"/>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>575964</x:v>
+        <x:v>575962</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>35516</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>575962</x:v>
+        <x:v>575964</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>40</x:v>
@@ -1291,51 +1291,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>605100</x:v>
+        <x:v>571046</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>56</x:v>
@@ -1350,51 +1350,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>571046</x:v>
+        <x:v>605100</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -1592,51 +1592,51 @@
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592320</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>41383</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -1660,190 +1660,190 @@
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>609441</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>35516</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>596699</x:v>
+        <x:v>596685</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>35516</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>596685</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
@@ -1859,51 +1859,51 @@
       <x:c r="G17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>602526</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
@@ -1920,51 +1920,51 @@
       <x:c r="G18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>