--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -503,267 +503,267 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Don Bosco Marseille - Lycée Professionnel Privé et Lycée Technologique Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire technologie et sciences industrielles (TSI), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatisme informatique industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS MS - Maintenance des Systèmes - option A Systèmes de production</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Aéronautique (à partir session d'examen 2026)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Conception et réalisation de systèmes automatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS MS - Maintenance des systèmes - option B Systèmes énergétiques et fluidiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE THOLONET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS maintenance des systèmes option A : systèmes de production</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Ferry</x:t>
-[...92 lines deleted...]
-    <x:t>06/25/2027 00:00:00</x:t>
+    <x:t>Titre professionnel technicien supérieur de maintenance industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS aéronautique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence professionnelle Domotique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Immotique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS maintenance des systèmes option A : systèmes de production + BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
-  </x:si>
-[...112 lines deleted...]
-    <x:t>Automatisme informatique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Antonin Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jules Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
@@ -3795,280 +3795,280 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>501469</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>37221</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31620</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>550307</x:v>
+        <x:v>550282</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>501475</x:v>
+        <x:v>550307</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>550271</x:v>
+        <x:v>501475</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>37221</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>31620</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>550282</x:v>
+        <x:v>550271</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -4148,219 +4148,219 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>550308</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>605703</x:v>
+        <x:v>605650</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>605650</x:v>
+        <x:v>605700</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>605700</x:v>
+        <x:v>605703</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -4915,175 +4915,176 @@
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>552717</x:v>
+        <x:v>607542</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>550554</x:v>
+        <x:v>552717</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>607542</x:v>
+        <x:v>550554</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5341,164 +5342,164 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>605702</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>501008</x:v>
+        <x:v>550274</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>550274</x:v>
+        <x:v>501008</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>79</x:v>
@@ -5525,95 +5526,90 @@
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>501022</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="J69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>596514</x:v>
+        <x:v>594654</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>79</x:v>
@@ -5638,1104 +5634,1108 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>550270</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>556905</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>609538</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>493646</x:v>
+        <x:v>543699</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>543699</x:v>
+        <x:v>543700</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>543700</x:v>
+        <x:v>493646</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>541920</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>589718</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>523018</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>543666</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>493645</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>493638</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>550633</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>611580</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>587946</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>489493</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>543696</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="C88" s="15" t="s"/>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="J88" s="14" t="s"/>
+      <x:c r="J88" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>592938</x:v>
+        <x:v>596514</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>583873</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
@@ -6751,239 +6751,239 @@
       <x:c r="H90" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>583882</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>587945</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>550643</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>491867</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
@@ -6996,105 +6996,105 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>493644</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>543698</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
@@ -7107,51 +7107,51 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>588532</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
@@ -7164,51 +7164,51 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>507656</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -7223,51 +7223,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>617138</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
@@ -7339,167 +7339,167 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>580066</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>554015</x:v>
+        <x:v>504175</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>504175</x:v>
+        <x:v>554015</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
@@ -7571,159 +7571,159 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>598931</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>555617</x:v>
+        <x:v>516017</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>516017</x:v>
+        <x:v>555617</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7917,51 +7917,51 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>598932</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24431</x:v>
@@ -7971,202 +7971,203 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>596511</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>594652</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="C113" s="3" t="s"/>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>592937</x:v>
+        <x:v>596517</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="J114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>596517</x:v>
+        <x:v>592937</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -8322,57 +8323,57 @@
         <x:v>519681</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -8382,253 +8383,253 @@
       <x:c r="S118" s="14" t="n">
         <x:v>611314</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>493131</x:v>
+        <x:v>547774</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>547774</x:v>
+        <x:v>602254</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>602254</x:v>
+        <x:v>493131</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>594654</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -8779,91 +8780,91 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>605699</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>596516</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -8873,51 +8874,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>594583</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9126,51 +9127,51 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>596447</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
@@ -9183,51 +9184,51 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>596515</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24431</x:v>
@@ -9248,215 +9249,215 @@
         <x:v>596510</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37706</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>492921</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>602201</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>547555</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24431</x:v>
@@ -9477,139 +9478,139 @@
         <x:v>596513</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>547617</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>494792</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
@@ -9649,57 +9650,57 @@
       <x:c r="S140" s="14" t="n">
         <x:v>596518</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -9827,55 +9828,55 @@
         <x:v>550241</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -9885,54 +9886,54 @@
       <x:c r="S144" s="14" t="n">
         <x:v>494784</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -9943,55 +9944,55 @@
         <x:v>605939</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -10001,54 +10002,54 @@
       <x:c r="S146" s="14" t="n">
         <x:v>547557</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -10059,55 +10060,55 @@
         <x:v>494794</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -10299,55 +10300,55 @@
         <x:v>500987</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -10524,51 +10525,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>605688</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
@@ -10686,51 +10687,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>547825</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11451,139 +11452,139 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>608197</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>592936</x:v>
+        <x:v>594653</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>594653</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38543</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
@@ -11675,207 +11676,207 @@
         <x:v>594586</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>493132</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>558735</x:v>
+        <x:v>604363</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>604363</x:v>
+        <x:v>558735</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>105</x:v>
       </x:c>