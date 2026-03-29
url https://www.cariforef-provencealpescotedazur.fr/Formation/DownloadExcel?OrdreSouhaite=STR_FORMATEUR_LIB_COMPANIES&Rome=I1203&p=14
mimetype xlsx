--- v0 (2026-03-29)
+++ v1 (2026-03-29)
@@ -335,212 +335,212 @@
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de maintenance des bâtiments</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Restauration réhabilitation</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel d'agent de maintenance des bâtiments spécialisation jardins, piscines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurer la maintenance courante des aménagements intérieurs d’un bâtiment - Bloc de compétences du titre professionnel agent de maintenance des bâtiments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de maintenance des bâtiments - Contrat en alternance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel agent de maintenance des bâtiments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Assurer la maintenance courante de l’installation et des équipements thermiques et sanitaires d’un bâtiment - Bloc de compétences du titre professionnel Agent de maintenance des bâtiments </x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de maintenance des établissements senior</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel d'agent de maintenance des bâtiments spécialisation jardins, piscines</x:t>
-[...154 lines deleted...]
-  <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de maintenance des bâtiments (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
@@ -731,68 +731,68 @@
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B2 chargé de travaux, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique H1 exécutant électricien, haute tension</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitation électrique H1 H1V B1 B1V</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bernard Clément Formation Travaux Publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation électrique B2</x:t>
   </x:si>
   <x:si>
-    <x:t>Bernard Clément Formation Travaux Publics</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Habilitations électriques B1V - B2V - BC - BR</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1V  - B2V - H1V - H2V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Brink's Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1V - B2V - H1V - H2V</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1V - B2V - BC - BE - BR - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1V - B2V - BC - BE - BR</x:t>
@@ -1244,54 +1244,54 @@
   <x:si>
     <x:t>Soginov</x:t>
   </x:si>
   <x:si>
     <x:t>44118</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Volt Work</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2798,525 +2798,525 @@
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>610938</x:v>
+        <x:v>539624</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E20" s="14" t="s"/>
+      <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>583816</x:v>
+        <x:v>539627</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>539624</x:v>
+        <x:v>585613</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>539627</x:v>
+        <x:v>585614</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>585613</x:v>
+        <x:v>579144</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
-      <x:c r="F24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F24" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="G24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>585614</x:v>
+        <x:v>583816</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>616738</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>609871</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>544532</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -3328,633 +3328,633 @@
       <x:c r="L28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>609870</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>583815</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G30" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>613012</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>544531</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>512929</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>616737</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>616739</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>622329</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>570910</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>613779</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>579144</x:v>
+        <x:v>610938</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -3964,57 +3964,57 @@
       <x:c r="J39" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>585615</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
@@ -4139,60 +4139,60 @@
       <x:c r="J42" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>571598</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -4202,113 +4202,113 @@
       <x:c r="L43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>610037</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>610038</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -4318,226 +4318,226 @@
       <x:c r="L45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>610998</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>544546</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>585912</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>585913</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -4550,282 +4550,282 @@
       <x:c r="L49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>540216</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>616756</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>616757</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>622340</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>544547</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4837,343 +4837,343 @@
       <x:c r="L54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>540213</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>579282</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>585911</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>616758</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>613805</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>513139</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>84</x:v>
@@ -5429,51 +5429,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>615712</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -5489,51 +5489,51 @@
       <x:c r="L65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>573617</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>146</x:v>
@@ -5604,51 +5604,51 @@
       <x:c r="J67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>615710</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5665,51 +5665,51 @@
       <x:c r="J68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>620145</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5725,57 +5725,57 @@
       <x:c r="J69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>606519</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>146</x:v>
@@ -5786,51 +5786,51 @@
       <x:c r="J70" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>615709</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5852,51 +5852,51 @@
       <x:c r="L71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>591780</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>146</x:v>
@@ -5913,51 +5913,51 @@
       <x:c r="L72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>585077</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
@@ -6810,51 +6810,51 @@
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>600017</x:v>
+        <x:v>554710</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>223</x:v>
@@ -6865,84 +6865,84 @@
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>554710</x:v>
+        <x:v>600017</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>600025</x:v>
       </x:c>
@@ -7476,54 +7476,54 @@
       <x:c r="L100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>598217</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>36</x:v>
@@ -7750,51 +7750,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>623483</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
@@ -7807,51 +7807,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>623526</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22357</x:v>
@@ -8009,51 +8009,51 @@
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>606820</x:v>
+        <x:v>606819</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
@@ -8116,51 +8116,51 @@
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>606819</x:v>
+        <x:v>606820</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -8856,88 +8856,88 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>454936</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>583485</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
@@ -8950,51 +8950,51 @@
       <x:c r="J126" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>578870</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -9004,51 +9004,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>578862</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
@@ -9300,208 +9300,208 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>566272</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>614610</x:v>
+        <x:v>613775</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>614614</x:v>
+        <x:v>614610</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>613775</x:v>
+        <x:v>614614</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
@@ -9527,69 +9527,69 @@
       <x:c r="R136" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>615138</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>583918</x:v>
       </x:c>
@@ -9708,543 +9708,543 @@
       <x:c r="R139" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>580605</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G140" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>583917</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>579386</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>623566</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>610931</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>614255</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>623565</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>606213</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>623563</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>623564</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
@@ -10441,51 +10441,51 @@
       <x:c r="J152" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>596289</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>327</x:v>
@@ -12495,51 +12495,51 @@
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>623481</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
@@ -12547,109 +12547,109 @@
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>623480</x:v>
+        <x:v>623482</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>623482</x:v>
+        <x:v>623480</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="U191" s="4" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>