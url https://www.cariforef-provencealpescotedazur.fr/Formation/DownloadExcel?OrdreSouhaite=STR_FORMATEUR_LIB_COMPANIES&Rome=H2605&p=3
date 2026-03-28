--- v0 (2026-02-09)
+++ v1 (2026-03-28)
@@ -3494,57 +3494,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>509396</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3554,57 +3554,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>556782</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>