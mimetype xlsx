--- v0 (2026-02-07)
+++ v1 (2026-03-28)
@@ -605,57 +605,57 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pôle Ecoles Méditerranée - Ecoles des apprentis de la Marine</x:t>
   </x:si>
   <x:si>
     <x:t>83800</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -3433,57 +3433,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>509396</x:v>
+        <x:v>609476</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>26</x:v>
@@ -3494,57 +3494,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>609476</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3554,57 +3554,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>556782</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>