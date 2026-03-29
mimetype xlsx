--- v1 (2026-03-29)
+++ v2 (2026-03-29)
@@ -218,69 +218,69 @@
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Motifs et impressions textiles en couleur végétale</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kakishibu, recherches et applications au Japon</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Indigo, extraction et utilisation</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Teinture naturelle 100% végétale bio-mordants et fermentation</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
@@ -1217,188 +1217,188 @@
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>611723</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>618092</x:v>
+        <x:v>611692</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>611692</x:v>
+        <x:v>611693</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>21606</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>611693</x:v>
+        <x:v>618092</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>