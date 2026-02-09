--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -749,66 +749,66 @@
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Privat</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
@@ -2767,57 +2767,57 @@
       <x:c r="K23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>552843</x:v>
+        <x:v>520722</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>83</x:v>
@@ -2828,293 +2828,293 @@
       <x:c r="K24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>520722</x:v>
+        <x:v>552843</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38527</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21576</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>553313</x:v>
+        <x:v>520707</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38527</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>553317</x:v>
+        <x:v>604083</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38527</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>520707</x:v>
+        <x:v>604084</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38527</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>21576</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>604083</x:v>
+        <x:v>604086</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -3130,112 +3130,112 @@
       <x:c r="K29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>604084</x:v>
+        <x:v>553315</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>553315</x:v>
+        <x:v>553313</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -3251,57 +3251,57 @@
       <x:c r="K31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>604086</x:v>
+        <x:v>553317</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>83</x:v>
@@ -3372,57 +3372,57 @@
       <x:c r="K33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>604788</x:v>
+        <x:v>520712</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>83</x:v>
@@ -3433,57 +3433,57 @@
       <x:c r="K34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>520712</x:v>
+        <x:v>604788</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -3493,57 +3493,57 @@
       <x:c r="K35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>520717</x:v>
+        <x:v>604840</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>83</x:v>
@@ -3554,57 +3554,57 @@
       <x:c r="K36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>553674</x:v>
+        <x:v>520717</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -3614,57 +3614,57 @@
       <x:c r="K37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>604840</x:v>
+        <x:v>553674</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>106</x:v>
@@ -7275,51 +7275,51 @@
       <x:c r="K101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>520725</x:v>
+        <x:v>547761</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>222</x:v>
@@ -7391,51 +7391,51 @@
       <x:c r="K103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>547761</x:v>
+        <x:v>520725</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>136</x:v>
@@ -7452,57 +7452,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>559037</x:v>
+        <x:v>611030</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -7512,57 +7512,57 @@
       <x:c r="K105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>611030</x:v>
+        <x:v>559037</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -7571,114 +7571,114 @@
       <x:c r="K106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>494799</x:v>
+        <x:v>547513</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>547513</x:v>
+        <x:v>494799</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>236</x:v>