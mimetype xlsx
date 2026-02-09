--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -239,143 +239,143 @@
   <x:si>
     <x:t>Conduite chantier BTP</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie civil-construction durable parcours travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travaux publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 3 et 4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité génie civil-construction durable parcours travaux publics (Apprentissage)</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Phase Conception - BAC101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coordonnateur Sécurité et Protection de la Santé (CSPS) de Niveau 1 - BAC103</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Phase Conception - BAC101</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Phase Réalisation - BAC102</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Niveau 3 phases conception et réalisation - Formation initiale - BAC100</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de chantier gros oeuvre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
@@ -710,54 +710,54 @@
   <x:si>
     <x:t>03/27/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO TP - Travaux Publics (1ère session exam - juin 2026)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Bâtiment ( à partir du 01/09/2026)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BAC PRO TP - Travaux Publics</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS TP - Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Chef de chantier gros-oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
@@ -1854,397 +1854,397 @@
       <x:c r="K6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>560470</x:v>
+        <x:v>575483</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>34863</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>575483</x:v>
+        <x:v>560470</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>35482</x:v>
+        <x:v>35483</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s"/>
+      <x:c r="E8" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>575546</x:v>
+        <x:v>509948</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>509948</x:v>
+        <x:v>554926</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>35483</x:v>
+        <x:v>35482</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
-      <x:c r="E10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>554926</x:v>
+        <x:v>575546</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>603815</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>454263</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
@@ -2261,51 +2261,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>610396</x:v>
+        <x:v>610394</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>80</x:v>
@@ -2314,51 +2314,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>610394</x:v>
+        <x:v>610396</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>46</x:v>
@@ -2476,51 +2476,51 @@
       <x:c r="L17" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>548290</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
@@ -2772,51 +2772,51 @@
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>601009</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -2888,51 +2888,51 @@
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>572714</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -2948,95 +2948,95 @@
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>549382</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>597797</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
@@ -3128,51 +3128,51 @@
       <x:c r="L28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>552792</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -3188,818 +3188,818 @@
       <x:c r="L29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>502220</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>581110</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35821</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>590976</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>550464</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>602149</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>498994</x:v>
+        <x:v>602120</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>602120</x:v>
+        <x:v>498994</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>550401</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>498995</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>602122</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>550406</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>550403</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>498999</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>602121</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -4432,51 +4432,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>495644</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38749</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4578,51 +4578,51 @@
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>470020</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -4650,51 +4650,51 @@
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>616134</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41816</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4715,208 +4715,208 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>616137</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>4420</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>460655</x:v>
+        <x:v>551675</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>551675</x:v>
+        <x:v>460655</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>4420</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>543673</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4937,82 +4937,82 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>591154</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>4420</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>493622</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5094,93 +5094,93 @@
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>591153</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>609816</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
@@ -5252,51 +5252,51 @@
       <x:c r="G65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>513342</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -5453,216 +5453,216 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>616138</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>543660</x:v>
+        <x:v>616131</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>616130</x:v>
+        <x:v>543660</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>616131</x:v>
+        <x:v>616130</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5842,51 +5842,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>540902</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -5941,51 +5941,51 @@
       <x:c r="G77" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>504172</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -6000,51 +6000,51 @@
       <x:c r="G78" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>507654</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
@@ -6057,185 +6057,185 @@
       <x:c r="G79" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>606261</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>34863</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>616133</x:v>
+        <x:v>566946</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>34863</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>566946</x:v>
+        <x:v>616133</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6247,93 +6247,93 @@
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>616132</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>4420</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>565096</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -6348,66 +6348,66 @@
       <x:c r="G84" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>554765</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38747</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -6580,108 +6580,108 @@
       <x:c r="G88" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>553981</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>582033</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
@@ -6696,51 +6696,51 @@
       <x:c r="G90" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>606283</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
@@ -6884,51 +6884,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>557458</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
@@ -6943,93 +6943,93 @@
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>554007</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>606286</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
@@ -7098,51 +7098,51 @@
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>606188</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
@@ -7209,51 +7209,51 @@
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>596991</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
@@ -7266,51 +7266,51 @@
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>596989</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
@@ -7488,51 +7488,51 @@
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>596992</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
@@ -7542,51 +7542,51 @@
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>596923</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
@@ -7875,51 +7875,51 @@
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>596993</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
@@ -8100,110 +8100,110 @@
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>547550</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>478654</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
@@ -8216,51 +8216,51 @@
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>494780</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
@@ -8333,51 +8333,51 @@
       <x:c r="G119" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>608202</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
@@ -8390,51 +8390,51 @@
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>596921</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
@@ -8505,51 +8505,51 @@
       <x:c r="G122" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>511110</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
@@ -8580,51 +8580,51 @@
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>556357</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -8803,344 +8803,346 @@
       <x:c r="G127" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>608244</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>556422</x:v>
+        <x:v>616815</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>616815</x:v>
+        <x:v>608201</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>40054</x:v>
+        <x:v>37385</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>233</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>608201</x:v>
+        <x:v>596990</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>37385</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>596990</x:v>
+        <x:v>556422</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>596922</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
@@ -9322,51 +9324,51 @@
       <x:c r="G136" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>611236</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
@@ -9443,51 +9445,51 @@
       <x:c r="G138" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>515649</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
@@ -9503,51 +9505,51 @@
       <x:c r="G139" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>547722</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
@@ -9809,51 +9811,51 @@
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>547764</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -9985,51 +9987,51 @@
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>558486</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>234</x:v>
@@ -10091,51 +10093,51 @@
       <x:c r="G149" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>611033</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
@@ -10152,111 +10154,111 @@
       <x:c r="G150" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>556423</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>607805</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -10273,51 +10275,51 @@
       <x:c r="G152" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>511105</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
@@ -10333,51 +10335,51 @@
       <x:c r="G153" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>611318</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
@@ -10523,51 +10525,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>556710</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -10625,105 +10627,105 @@
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>596781</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35482</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>616038</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -10751,51 +10753,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>549072</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">