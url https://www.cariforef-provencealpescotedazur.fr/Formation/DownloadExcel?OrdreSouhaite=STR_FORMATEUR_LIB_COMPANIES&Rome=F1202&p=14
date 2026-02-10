--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -266,134 +266,134 @@
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Phase Réalisation - BAC102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Phase Conception - BAC101</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Niveau 3 phases conception et réalisation - Formation initiale - BAC100</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coordonnateur Sécurité et Protection de la Santé (CSPS) de Niveau 1 - BAC103</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordonnateur Sécurité Protection de la Santé (CSPS) Phase Réalisation - BAC102</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel chef de chantier gros oeuvre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de chantier bâtiment et travaux publics (Apprentissage)</x:t>
@@ -584,62 +584,62 @@
   <x:si>
     <x:t>BTS travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de chantier gros oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/19/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel chef de chantier travaux publics routes et canalisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux routiers</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de chantier en voirie et réseaux divers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chaussée</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2026 00:00:00</x:t>
@@ -692,65 +692,65 @@
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>[Revit] Electricité - FBIM - 5 jours</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Tm - Fbim</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Bâtiment ( à partir du 01/09/2026)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS Bâtiment</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Alpes Provence</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO TP - Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO TP - Travaux Publics (1ère session exam - juin 2026)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS TP - Travaux Publics</x:t>
@@ -878,57 +878,57 @@
   <x:si>
     <x:t>bac pro technicien d'études du bâtiment option B assistant en architecture</x:t>
   </x:si>
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>BTS travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS finitions, aménagement des bâtiments : conception et réalisation</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du BTP : génie civil et construction spécialisation aménagements fonciers 3D (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du BTP : génie civil et construction spécalisation management et conduite de travaux (Apprentissage)</x:t>
   </x:si>
@@ -1972,57 +1972,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>454263</x:v>
+        <x:v>603815</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -2032,57 +2032,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>509948</x:v>
+        <x:v>454263</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>59</x:v>
@@ -2093,54 +2093,54 @@
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>603815</x:v>
+        <x:v>509948</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -2261,51 +2261,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>610394</x:v>
+        <x:v>610395</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>80</x:v>
@@ -2314,100 +2314,100 @@
       <x:c r="K14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>610393</x:v>
+        <x:v>610394</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>610396</x:v>
+        <x:v>610393</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>80</x:v>
@@ -2416,51 +2416,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>610395</x:v>
+        <x:v>610396</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -3067,51 +3067,51 @@
       <x:c r="L27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>502220</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>137</x:v>
@@ -3849,51 +3849,51 @@
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>498994</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -3909,51 +3909,51 @@
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>498999</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>58</x:v>
@@ -3970,102 +3970,102 @@
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>498995</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>583323</x:v>
+        <x:v>583324</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
@@ -4078,51 +4078,51 @@
       <x:c r="K44" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>583324</x:v>
+        <x:v>598735</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -4132,51 +4132,51 @@
       <x:c r="K45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>598735</x:v>
+        <x:v>583323</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35299</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>176</x:v>
@@ -4432,51 +4432,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>495644</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38749</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4553,159 +4553,159 @@
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>458415</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>41816</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>616134</x:v>
+        <x:v>616137</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>41816</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>616137</x:v>
+        <x:v>616134</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22274</x:v>
@@ -4761,51 +4761,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>460655</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4815,51 +4815,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>470020</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>4420</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -4883,51 +4883,51 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>543673</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22274</x:v>
@@ -4937,51 +4937,51 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>517628</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
@@ -4994,51 +4994,51 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>591153</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22274</x:v>
@@ -5105,51 +5105,51 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>493622</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
@@ -5221,51 +5221,51 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>513342</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
@@ -5337,51 +5337,51 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>570886</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>41816</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
@@ -5394,51 +5394,51 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>616138</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -5569,51 +5569,51 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>543660</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
@@ -5685,51 +5685,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>609816</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
@@ -5910,51 +5910,51 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>540902</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
@@ -5967,51 +5967,51 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>606210</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41816</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -6026,51 +6026,51 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>616135</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
@@ -6199,51 +6199,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>566946</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -6258,51 +6258,51 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>616133</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41816</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
@@ -6315,51 +6315,51 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>616136</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -6431,682 +6431,682 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>504172</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>30142</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>606283</x:v>
+        <x:v>507654</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>606286</x:v>
+        <x:v>606283</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>30142</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>557458</x:v>
+        <x:v>606286</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>616132</x:v>
+        <x:v>582033</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>606261</x:v>
+        <x:v>557458</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>507556</x:v>
+        <x:v>616132</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40054</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>582033</x:v>
+        <x:v>606261</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>507654</x:v>
+        <x:v>565096</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>4420</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>565096</x:v>
+        <x:v>553981</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>38747</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>553981</x:v>
+        <x:v>600399</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38747</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>22294</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>600399</x:v>
+        <x:v>507556</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -7901,199 +7901,199 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>595893</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>35809</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>22454</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>596029</x:v>
+        <x:v>595610</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>39033</x:v>
+        <x:v>35809</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="I113" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="I113" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>595610</x:v>
+        <x:v>596029</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595899</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
@@ -8231,51 +8231,51 @@
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>478654</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>234</x:v>
@@ -8765,103 +8765,103 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>596990</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>511110</x:v>
+        <x:v>608202</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>235</x:v>
@@ -8883,100 +8883,106 @@
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>608155</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>39033</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
+      <x:c r="E129" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>595612</x:v>
+        <x:v>511110</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>235</x:v>
@@ -8998,322 +9004,316 @@
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>556357</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>40054</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
-      <x:c r="E131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>233</x:v>
-[...2 lines deleted...]
-        <x:v>234</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>608202</x:v>
+        <x:v>595612</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>595898</x:v>
+        <x:v>595615</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>39033</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>595615</x:v>
+        <x:v>596922</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>596922</x:v>
+        <x:v>594221</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>594221</x:v>
+        <x:v>595898</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>216</x:v>
@@ -10039,57 +10039,57 @@
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>511105</x:v>
+        <x:v>556423</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -10099,57 +10099,57 @@
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>556423</x:v>
+        <x:v>511105</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>235</x:v>