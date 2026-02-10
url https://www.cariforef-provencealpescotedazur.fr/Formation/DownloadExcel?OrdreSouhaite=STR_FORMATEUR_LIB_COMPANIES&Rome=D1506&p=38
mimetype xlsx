--- v2 (2026-02-10)
+++ v3 (2026-02-10)
@@ -542,56 +542,56 @@
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
@@ -884,59 +884,59 @@
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/17/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>École Pigier Marseille (cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
@@ -1079,59 +1079,59 @@
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>PUGET-SUR-ARGENS</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure</x:t>
   </x:si>
   <x:si>
     <x:t>FASUP</x:t>
   </x:si>
   <x:si>
     <x:t>33300</x:t>
@@ -1406,56 +1406,56 @@
   <x:si>
     <x:t>IPAG Business School</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
     <x:t>Isim 83</x:t>
   </x:si>
   <x:si>
     <x:t>Keyce International Academy - Collège de Paris</x:t>
   </x:si>
   <x:si>
     <x:t>34470</x:t>
   </x:si>
   <x:si>
     <x:t>Keyce International Academy - Collège de Paris - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LP Gambetta</x:t>
@@ -1601,54 +1601,54 @@
   <x:si>
     <x:t>Lycée Marie France</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Périer</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent d'Altitude</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Jean Monnet</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Jean Monnet</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée polyvalent Jean Monnet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jeanne d'Arc - Campus Vincentien d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13632</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jeanne d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
@@ -7167,54 +7167,54 @@
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>607692</x:v>
+        <x:v>556570</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -7227,54 +7227,54 @@
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>556570</x:v>
+        <x:v>607692</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
@@ -7603,150 +7603,151 @@
         <x:v>556780</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>508960</x:v>
+        <x:v>607788</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>607788</x:v>
+        <x:v>508960</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>169</x:v>
@@ -8932,57 +8933,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>500498</x:v>
+        <x:v>548512</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -8992,57 +8993,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>548512</x:v>
+        <x:v>500498</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>199</x:v>
@@ -10550,99 +10551,97 @@
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>571060</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>518420</x:v>
+        <x:v>517470</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -10655,57 +10654,57 @@
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>599051</x:v>
+        <x:v>518420</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -10714,162 +10713,165 @@
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>571688</x:v>
+        <x:v>599051</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
+      <x:c r="E141" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>517410</x:v>
+        <x:v>571688</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>517470</x:v>
+        <x:v>517410</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -11343,114 +11345,114 @@
       <x:c r="K151" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>572474</x:v>
+        <x:v>614648</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>614648</x:v>
+        <x:v>572474</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12105,57 +12107,57 @@
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>600171</x:v>
+        <x:v>499775</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -12165,57 +12167,57 @@
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>499775</x:v>
+        <x:v>546220</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>261</x:v>
@@ -12226,57 +12228,57 @@
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>546220</x:v>
+        <x:v>600171</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -14145,119 +14147,119 @@
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>496630</x:v>
+        <x:v>605201</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>605201</x:v>
+        <x:v>496630</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -15429,219 +15431,219 @@
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>546574</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>565510</x:v>
+        <x:v>566522</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>542944</x:v>
+        <x:v>565510</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>566522</x:v>
+        <x:v>542944</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15877,119 +15879,119 @@
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>545314</x:v>
+        <x:v>599819</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>599819</x:v>
+        <x:v>545314</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16225,51 +16227,51 @@
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>548686</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16284,51 +16286,51 @@
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>601555</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16817,57 +16819,57 @@
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>557579</x:v>
+        <x:v>497645</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
@@ -16876,57 +16878,57 @@
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>497645</x:v>
+        <x:v>557579</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17112,156 +17114,156 @@
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>522093</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>542229</x:v>
+        <x:v>522096</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>522096</x:v>
+        <x:v>599073</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -17271,57 +17273,57 @@
       <x:c r="K253" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>599073</x:v>
+        <x:v>542229</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17450,51 +17452,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>529909</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17560,446 +17562,446 @@
       <x:c r="K258" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>539389</x:v>
+        <x:v>585590</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>522099</x:v>
+        <x:v>539389</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>524653</x:v>
+        <x:v>522099</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>585590</x:v>
+        <x:v>524653</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>588538</x:v>
+        <x:v>551774</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>522107</x:v>
+        <x:v>587954</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>551774</x:v>
+        <x:v>522108</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>587954</x:v>
+        <x:v>588538</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
@@ -18009,60 +18011,60 @@
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>522108</x:v>
+        <x:v>522107</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -18695,114 +18697,114 @@
       <x:c r="K278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>499322</x:v>
+        <x:v>603625</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>603625</x:v>
+        <x:v>499322</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
@@ -20025,170 +20027,170 @@
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>606279</x:v>
+        <x:v>556187</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>522116</x:v>
+        <x:v>554792</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>608355</x:v>
+        <x:v>606279</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
@@ -20200,111 +20202,111 @@
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>554028</x:v>
+        <x:v>522116</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>606280</x:v>
+        <x:v>608355</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
@@ -20316,54 +20318,54 @@
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>556187</x:v>
+        <x:v>554028</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
@@ -20373,179 +20375,178 @@
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>554792</x:v>
+        <x:v>606280</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s"/>
+      <x:c r="E308" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>558633</x:v>
+        <x:v>497749</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
-      <x:c r="E309" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>497749</x:v>
+        <x:v>558633</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>390</x:v>
@@ -20964,57 +20965,57 @@
       <x:c r="K317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>551956</x:v>
+        <x:v>502675</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
@@ -21023,57 +21024,57 @@
       <x:c r="K318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>502675</x:v>
+        <x:v>551956</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -21353,114 +21354,114 @@
       <x:c r="J324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>498139</x:v>
+        <x:v>506869</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>506869</x:v>
+        <x:v>498139</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21869,57 +21870,57 @@
       <x:c r="K333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>603473</x:v>
+        <x:v>546961</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
@@ -21928,57 +21929,57 @@
       <x:c r="K334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>546961</x:v>
+        <x:v>603473</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22696,57 +22697,57 @@
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>614684</x:v>
+        <x:v>503845</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>54</x:v>
@@ -22757,57 +22758,57 @@
       <x:c r="K348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>503845</x:v>
+        <x:v>614684</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22825,107 +22826,105 @@
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>588306</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>549281</x:v>
+        <x:v>531178</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -22935,116 +22934,118 @@
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>600895</x:v>
+        <x:v>549281</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s"/>
+      <x:c r="E352" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>531178</x:v>
+        <x:v>600895</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23525,57 +23526,57 @@
       <x:c r="K361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>607864</x:v>
+        <x:v>545148</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>48</x:v>
@@ -23586,57 +23587,57 @@
       <x:c r="K362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>545148</x:v>
+        <x:v>607864</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -24003,51 +24004,51 @@
       <x:c r="J369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>495737</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24062,51 +24063,51 @@
       <x:c r="J370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>599382</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24119,51 +24120,51 @@
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>544949</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
@@ -24190,94 +24191,97 @@
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>593962</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
+      <x:c r="E373" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>542373</x:v>
+        <x:v>545662</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>439</x:v>
@@ -24292,227 +24296,225 @@
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>608867</x:v>
+        <x:v>496009</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
-      <x:c r="E375" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>603797</x:v>
+        <x:v>487529</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>496009</x:v>
+        <x:v>542373</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
+      <x:c r="E377" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>487529</x:v>
+        <x:v>608867</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
@@ -24521,111 +24523,111 @@
       <x:c r="K378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>545662</x:v>
+        <x:v>603797</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>509508</x:v>
+        <x:v>556175</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
@@ -24637,54 +24639,54 @@
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>556175</x:v>
+        <x:v>509508</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
@@ -24694,57 +24696,57 @@
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>499849</x:v>
+        <x:v>546507</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
@@ -24753,114 +24755,114 @@
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>546507</x:v>
+        <x:v>603552</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>603552</x:v>
+        <x:v>499849</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
@@ -25109,159 +25111,160 @@
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>600140</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
+      <x:c r="E389" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>504651</x:v>
+        <x:v>546009</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>546009</x:v>
+        <x:v>504651</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25556,114 +25559,114 @@
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>560002</x:v>
+        <x:v>598948</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>598948</x:v>
+        <x:v>560002</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28398,57 +28401,57 @@
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>547566</x:v>
+        <x:v>547567</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
@@ -28457,114 +28460,114 @@
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>547567</x:v>
+        <x:v>605943</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>605943</x:v>
+        <x:v>541533</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
@@ -28573,286 +28576,286 @@
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>541533</x:v>
+        <x:v>547566</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
-      <x:c r="E449" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>541529</x:v>
+        <x:v>593974</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>602262</x:v>
+        <x:v>547773</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
+      <x:c r="E451" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>593974</x:v>
+        <x:v>541529</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>547773</x:v>
+        <x:v>602262</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -29271,51 +29274,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>547437</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29910,57 +29913,57 @@
       <x:c r="K471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>609614</x:v>
+        <x:v>556867</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>164</x:v>
@@ -29971,54 +29974,54 @@
       <x:c r="K472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>556867</x:v>
+        <x:v>609613</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -30031,57 +30034,57 @@
       <x:c r="K473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>609613</x:v>
+        <x:v>508742</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>164</x:v>
@@ -30092,114 +30095,114 @@
       <x:c r="K474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>508742</x:v>
+        <x:v>609614</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>600426</x:v>
+        <x:v>501302</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
@@ -30208,173 +30211,173 @@
       <x:c r="K476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>552579</x:v>
+        <x:v>600426</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>501302</x:v>
+        <x:v>552579</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>501348</x:v>
+        <x:v>600372</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30437,60 +30440,60 @@
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>600372</x:v>
+        <x:v>501348</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -32027,57 +32030,57 @@
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>507302</x:v>
+        <x:v>556806</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>164</x:v>
@@ -32088,57 +32091,57 @@
       <x:c r="K508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>556806</x:v>
+        <x:v>507302</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -33213,57 +33216,57 @@
       <x:c r="K527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>598886</x:v>
+        <x:v>545560</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
@@ -33329,57 +33332,57 @@
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>545560</x:v>
+        <x:v>598886</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
@@ -34949,57 +34952,57 @@
       <x:c r="K557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>601346</x:v>
+        <x:v>548468</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
@@ -35008,57 +35011,57 @@
       <x:c r="K558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>548468</x:v>
+        <x:v>601346</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -35416,51 +35419,51 @@
       <x:c r="M565" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>549007</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
@@ -35586,51 +35589,51 @@
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>549295</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -35699,51 +35702,51 @@
       <x:c r="M570" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>498526</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35756,51 +35759,51 @@
       <x:c r="M571" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>498529</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
@@ -35815,51 +35818,51 @@
       <x:c r="M572" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>549006</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>