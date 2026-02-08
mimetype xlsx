--- v2 (2026-02-08)
+++ v3 (2026-02-08)
@@ -713,62 +713,62 @@
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Étalage</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
@@ -887,56 +887,56 @@
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/17/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>École Pigier Marseille (cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
@@ -1187,54 +1187,54 @@
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>PORT-DE-BOUC</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
@@ -2865,57 +2865,57 @@
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>506735</x:v>
+        <x:v>556094</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>40</x:v>
@@ -2926,57 +2926,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>556094</x:v>
+        <x:v>506735</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7602,150 +7602,151 @@
         <x:v>556780</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>508960</x:v>
+        <x:v>607788</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>607788</x:v>
+        <x:v>508960</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>169</x:v>
@@ -8930,57 +8931,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>548512</x:v>
+        <x:v>500498</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -8990,57 +8991,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>500498</x:v>
+        <x:v>602183</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>199</x:v>
@@ -9051,57 +9052,57 @@
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>602183</x:v>
+        <x:v>548512</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -9111,57 +9112,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>548513</x:v>
+        <x:v>602184</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>199</x:v>
@@ -9172,57 +9173,57 @@
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>602184</x:v>
+        <x:v>548513</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -9350,159 +9351,161 @@
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>611345</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="J118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>553734</x:v>
+        <x:v>611342</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="C119" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="n">
+        <x:v>38362</x:v>
+      </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>34519</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>611342</x:v>
+        <x:v>553734</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>93</x:v>
@@ -9510,51 +9513,51 @@
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>605181</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9634,57 +9637,57 @@
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>552718</x:v>
+        <x:v>607544</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -9694,57 +9697,57 @@
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>607544</x:v>
+        <x:v>552718</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>93</x:v>
@@ -10876,51 +10879,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>599254</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10935,51 +10938,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>548861</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10992,51 +10995,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>503974</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11283,51 +11286,51 @@
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>572473</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -11337,51 +11340,51 @@
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>614648</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
@@ -11394,51 +11397,51 @@
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>572474</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11451,51 +11454,51 @@
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>605553</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11510,51 +11513,51 @@
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>506137</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11567,51 +11570,51 @@
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>553013</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12038,51 +12041,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>593967</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12162,57 +12165,57 @@
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>546220</x:v>
+        <x:v>499775</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>261</x:v>
@@ -12223,57 +12226,57 @@
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>499775</x:v>
+        <x:v>546220</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -12331,51 +12334,51 @@
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>593963</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -13969,51 +13972,51 @@
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>593996</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14026,51 +14029,51 @@
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>556210</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14085,51 +14088,51 @@
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>608376</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14331,160 +14334,159 @@
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>496630</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>496624</x:v>
+        <x:v>593984</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>265</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>593984</x:v>
+        <x:v>496624</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17787,159 +17789,159 @@
       <x:c r="K262" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>522107</x:v>
+        <x:v>541107</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>541107</x:v>
+        <x:v>522107</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>588538</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -17949,51 +17951,51 @@
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>551774</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
@@ -18006,51 +18008,51 @@
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>587954</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -18060,51 +18062,51 @@
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>522108</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18246,160 +18248,159 @@
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>547822</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
-      <x:c r="E271" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>602314</x:v>
+        <x:v>522104</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s"/>
+      <x:c r="E272" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>522104</x:v>
+        <x:v>602314</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -18977,51 +18978,51 @@
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>601797</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19036,51 +19037,51 @@
       <x:c r="J284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>552232</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21630,51 +21631,51 @@
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>545030</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21689,51 +21690,51 @@
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>495434</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21746,51 +21747,51 @@
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>616219</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21978,51 +21979,51 @@
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>535322</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22037,51 +22038,51 @@
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>550663</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22094,51 +22095,51 @@
       <x:c r="J337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>611108</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
@@ -23823,51 +23824,51 @@
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>495177</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23883,51 +23884,51 @@
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>560179</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23944,51 +23945,51 @@
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>598847</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24358,97 +24359,99 @@
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>603797</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s"/>
+      <x:c r="E376" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>542373</x:v>
+        <x:v>545662</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -24461,116 +24464,114 @@
       <x:c r="K377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>545662</x:v>
+        <x:v>608867</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
-      <x:c r="E378" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>608867</x:v>
+        <x:v>542373</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25265,51 +25266,51 @@
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>600141</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25324,51 +25325,51 @@
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>546010</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25381,51 +25382,51 @@
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>508718</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25668,51 +25669,51 @@
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>593975</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>36335</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
@@ -25833,51 +25834,51 @@
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>593986</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
@@ -28221,51 +28222,51 @@
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>602264</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28278,51 +28279,51 @@
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>558912</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28337,51 +28338,51 @@
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>541528</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28626,51 +28627,51 @@
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>602262</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28685,51 +28686,51 @@
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>541529</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28742,51 +28743,51 @@
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>547773</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
@@ -28799,51 +28800,51 @@
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>593974</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
@@ -29971,57 +29972,57 @@
       <x:c r="K472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>508742</x:v>
+        <x:v>609614</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -30031,57 +30032,57 @@
       <x:c r="K473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>609614</x:v>
+        <x:v>508742</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>164</x:v>
@@ -30146,51 +30147,51 @@
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>552579</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30205,51 +30206,51 @@
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>501302</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30262,51 +30263,51 @@
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>600426</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32145,51 +32146,51 @@
       <x:c r="J509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>508748</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32206,51 +32207,51 @@
       <x:c r="J510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>556874</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32266,51 +32267,51 @@
       <x:c r="J511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>609671</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33210,51 +33211,51 @@
       <x:c r="J527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>545560</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33269,51 +33270,51 @@
       <x:c r="J528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>504475</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33326,51 +33327,51 @@
       <x:c r="J529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>598886</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33672,51 +33673,51 @@
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>607416</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33731,51 +33732,51 @@
       <x:c r="J536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>553794</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33788,51 +33789,51 @@
       <x:c r="J537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>504037</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33847,51 +33848,51 @@
       <x:c r="J538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>607415</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33904,51 +33905,51 @@
       <x:c r="J539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>553795</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -34484,51 +34485,51 @@
       <x:c r="J549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>601324</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
@@ -34541,51 +34542,51 @@
       <x:c r="J550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>604521</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35059,51 +35060,51 @@
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>593970</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>23</x:v>
       </x:c>