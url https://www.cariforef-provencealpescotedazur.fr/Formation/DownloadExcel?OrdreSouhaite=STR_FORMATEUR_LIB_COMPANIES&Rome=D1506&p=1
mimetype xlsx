--- v2 (2026-02-08)
+++ v3 (2026-02-08)
@@ -173,62 +173,62 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
@@ -437,56 +437,56 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management commercial opérationnel</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
@@ -524,59 +524,59 @@
   <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
@@ -713,62 +713,62 @@
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Étalage</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
@@ -887,56 +887,56 @@
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/17/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>École Pigier Marseille (cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
@@ -1049,56 +1049,56 @@
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>ESID - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
@@ -1187,98 +1187,98 @@
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
-    <x:t>VITROLLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupement Promotion Echanges Internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>GPEI</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Châteaurenard</x:t>
   </x:si>
   <x:si>
     <x:t>13160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
@@ -1934,57 +1934,57 @@
   <x:si>
     <x:t>Sully Business School</x:t>
   </x:si>
   <x:si>
     <x:t>Sup'Ipvg</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>Triphase Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS management commercial opérationnel option entrepreneuriat (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2625,51 +2625,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>599233</x:v>
+        <x:v>547002</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>24</x:v>
@@ -2684,51 +2684,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>547002</x:v>
+        <x:v>599233</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -2747,54 +2747,54 @@
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>599463</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>40</x:v>
@@ -3050,54 +3050,54 @@
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>599465</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3171,54 +3171,54 @@
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>599462</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -3231,54 +3231,54 @@
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>602796</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -3474,51 +3474,51 @@
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>598872</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>72</x:v>
@@ -3592,51 +3592,51 @@
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>601457</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -3883,51 +3883,51 @@
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>601461</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3999,51 +3999,51 @@
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>601458</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4115,51 +4115,51 @@
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>601460</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4231,51 +4231,51 @@
       <x:c r="M30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>602077</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4341,114 +4341,114 @@
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>602078</x:v>
+        <x:v>546833</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>546833</x:v>
+        <x:v>602078</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -4576,54 +4576,54 @@
       <x:c r="L36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>600581</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4689,114 +4689,114 @@
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>600592</x:v>
+        <x:v>545052</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>545052</x:v>
+        <x:v>600592</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -4927,51 +4927,51 @@
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>600591</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5046,160 +5046,159 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>507425</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>545065</x:v>
+        <x:v>513491</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>513491</x:v>
+        <x:v>545065</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -5262,114 +5261,114 @@
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>599666</x:v>
+        <x:v>510951</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="U48" s="16" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>510951</x:v>
+        <x:v>599666</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -5441,51 +5440,51 @@
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>510950</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
@@ -5554,54 +5553,54 @@
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>599665</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>130</x:v>
@@ -5615,51 +5614,51 @@
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>601359</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -5728,114 +5727,114 @@
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>607305</x:v>
+        <x:v>552263</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>552263</x:v>
+        <x:v>607305</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -5850,51 +5849,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>607321</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6144,51 +6143,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>556512</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>84</x:v>
@@ -6383,51 +6382,51 @@
       <x:c r="L67" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>556624</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>144</x:v>
@@ -6441,57 +6440,57 @@
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>504134</x:v>
+        <x:v>607663</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -6501,57 +6500,57 @@
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>607663</x:v>
+        <x:v>504134</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>93</x:v>
@@ -6562,57 +6561,57 @@
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>556625</x:v>
+        <x:v>607662</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -6622,54 +6621,54 @@
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>607662</x:v>
+        <x:v>556625</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>144</x:v>
@@ -6870,51 +6869,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>556545</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>40</x:v>
@@ -7049,51 +7048,51 @@
       <x:c r="L78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>556570</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -7106,57 +7105,57 @@
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>607691</x:v>
+        <x:v>607692</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>108</x:v>
@@ -7167,57 +7166,57 @@
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>607692</x:v>
+        <x:v>556571</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -7227,57 +7226,57 @@
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>556571</x:v>
+        <x:v>607691</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -7640,54 +7639,54 @@
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>607788</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -7761,54 +7760,54 @@
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>608392</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -7937,51 +7936,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>615763</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
@@ -8050,51 +8049,51 @@
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>586468</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
@@ -8117,100 +8116,100 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>545647</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>542525</x:v>
+        <x:v>469544</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -8219,227 +8218,228 @@
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>495982</x:v>
+        <x:v>608885</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>603773</x:v>
+        <x:v>495982</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>608885</x:v>
+        <x:v>542525</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
+      <x:c r="E101" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>469544</x:v>
+        <x:v>603773</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
@@ -8454,51 +8454,51 @@
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>601692</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -8511,54 +8511,54 @@
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>608756</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>100</x:v>
@@ -8693,54 +8693,54 @@
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>602797</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -8932,57 +8932,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>500498</x:v>
+        <x:v>548512</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -8995,54 +8995,54 @@
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>602183</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>199</x:v>
@@ -9053,57 +9053,57 @@
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>548512</x:v>
+        <x:v>500498</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -9113,57 +9113,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>602184</x:v>
+        <x:v>548513</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>199</x:v>
@@ -9174,57 +9174,57 @@
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>548513</x:v>
+        <x:v>602184</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -9352,161 +9352,159 @@
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>611345</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="C118" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C118" s="15" t="n">
+        <x:v>38362</x:v>
+      </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="J118" s="14" t="s"/>
+      <x:c r="J118" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>34519</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>611342</x:v>
+        <x:v>553734</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
-      <x:c r="E119" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="J119" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="S119" s="0" t="n">
+        <x:v>611342</x:v>
+      </x:c>
+      <x:c r="T119" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="U119" s="4" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>93</x:v>
@@ -9514,60 +9512,60 @@
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>605181</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -9641,54 +9639,54 @@
       <x:c r="L122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>607544</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -9762,54 +9760,54 @@
       <x:c r="L124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>604716</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -10064,54 +10062,54 @@
       <x:c r="L129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>604216</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>93</x:v>
@@ -10125,54 +10123,54 @@
       <x:c r="L130" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>604164</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -10303,57 +10301,57 @@
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>501687</x:v>
+        <x:v>553245</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>93</x:v>
@@ -10364,57 +10362,57 @@
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>553245</x:v>
+        <x:v>501687</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -10427,54 +10425,54 @@
       <x:c r="L135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>604792</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>93</x:v>
@@ -10542,51 +10540,51 @@
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>571060</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -10770,51 +10768,51 @@
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>571688</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
@@ -10829,161 +10827,161 @@
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>599051</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>599254</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>548861</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10996,51 +10994,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>503974</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11120,51 +11118,51 @@
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>601750</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
@@ -11287,162 +11285,162 @@
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>572473</x:v>
+        <x:v>614648</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>614648</x:v>
+        <x:v>572473</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>572474</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11455,57 +11453,57 @@
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>605553</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
@@ -11514,51 +11512,51 @@
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>506137</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11571,51 +11569,51 @@
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>553013</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11755,51 +11753,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>603595</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -11812,54 +11810,54 @@
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>600278</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>259</x:v>
@@ -11930,57 +11928,57 @@
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>600270</x:v>
+        <x:v>571074</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>259</x:v>
@@ -11991,111 +11989,111 @@
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>571074</x:v>
+        <x:v>600270</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>593967</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>261</x:v>
@@ -12112,51 +12110,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>600171</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -12166,57 +12164,57 @@
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>499775</x:v>
+        <x:v>546220</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>261</x:v>
@@ -12227,222 +12225,222 @@
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>546220</x:v>
+        <x:v>499775</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>593964</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>593963</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>593988</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>100</x:v>
@@ -12456,54 +12454,54 @@
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>608440</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -12513,57 +12511,57 @@
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>502431</x:v>
+        <x:v>555785</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>100</x:v>
@@ -12574,57 +12572,57 @@
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>555785</x:v>
+        <x:v>502431</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -12698,54 +12696,54 @@
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>608439</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -13229,54 +13227,54 @@
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>607280</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -13404,54 +13402,54 @@
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>608694</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13461,54 +13459,54 @@
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>608696</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -13693,51 +13691,51 @@
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>605522</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
@@ -13806,54 +13804,54 @@
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>593989</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -13973,108 +13971,108 @@
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>593996</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>556210</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14089,60 +14087,60 @@
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>608376</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14152,54 +14150,54 @@
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>605203</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -14268,54 +14266,54 @@
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>605201</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
@@ -14441,54 +14439,54 @@
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>593984</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14557,54 +14555,54 @@
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>605202</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14727,54 +14725,54 @@
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>594000</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
@@ -14843,51 +14841,51 @@
       <x:c r="L211" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>602640</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
@@ -14902,51 +14900,51 @@
       <x:c r="L212" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>602641</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -15018,51 +15016,51 @@
       <x:c r="L214" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>602639</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -15188,54 +15186,54 @@
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>546574</x:v>
+        <x:v>601076</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
@@ -15253,105 +15251,105 @@
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>546573</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>601076</x:v>
+        <x:v>546574</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
@@ -15423,284 +15421,283 @@
       <x:c r="L221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>601075</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>542944</x:v>
+        <x:v>565510</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
-      <x:c r="E223" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>565510</x:v>
+        <x:v>566522</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>566522</x:v>
+        <x:v>542944</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>497609</x:v>
+        <x:v>598939</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -15709,57 +15706,57 @@
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>598939</x:v>
+        <x:v>497609</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15831,51 +15828,51 @@
       <x:c r="M228" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>599819</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16063,51 +16060,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>601554</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16295,51 +16292,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>601555</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -16352,51 +16349,51 @@
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>600256</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>346</x:v>
@@ -16413,51 +16410,51 @@
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>600254</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
@@ -16594,51 +16591,51 @@
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>601405</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
@@ -16656,51 +16653,51 @@
       <x:c r="M242" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>497645</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16880,51 +16877,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>605535</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -16940,51 +16937,51 @@
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>601530</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
@@ -17107,336 +17104,336 @@
       <x:c r="K250" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>522096</x:v>
+        <x:v>543720</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>542229</x:v>
+        <x:v>522096</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>522093</x:v>
+        <x:v>542229</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>599073</x:v>
+        <x:v>522093</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>543720</x:v>
+        <x:v>599073</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>529909</x:v>
+        <x:v>585589</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -17445,114 +17442,114 @@
       <x:c r="K256" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>585589</x:v>
+        <x:v>524653</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>524653</x:v>
+        <x:v>529909</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -17564,54 +17561,54 @@
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>585590</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17740,497 +17737,498 @@
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>557731</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>522107</x:v>
+        <x:v>541107</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>541107</x:v>
+        <x:v>522107</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>588538</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>551774</x:v>
+        <x:v>522108</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>587954</x:v>
+        <x:v>551774</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>522108</x:v>
+        <x:v>587954</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>541551</x:v>
+        <x:v>542505</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
+      <x:c r="E269" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>542505</x:v>
+        <x:v>541551</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
@@ -18355,51 +18353,51 @@
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>602314</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18409,54 +18407,54 @@
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>581339</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -18578,114 +18576,114 @@
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>603626</x:v>
+        <x:v>549471</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>549471</x:v>
+        <x:v>603626</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
@@ -18813,54 +18811,54 @@
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>603625</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18929,108 +18927,108 @@
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>603624</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>601797</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
@@ -19039,51 +19037,51 @@
       <x:c r="J284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>552232</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19155,465 +19153,465 @@
       <x:c r="J286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>554794</x:v>
+        <x:v>522114</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>554795</x:v>
+        <x:v>606281</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>522115</x:v>
+        <x:v>606282</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>554027</x:v>
+        <x:v>522115</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>522116</x:v>
+        <x:v>554027</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>606278</x:v>
+        <x:v>522116</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>522114</x:v>
+        <x:v>606278</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>606281</x:v>
+        <x:v>554794</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
@@ -19622,57 +19620,57 @@
       <x:c r="K294" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>606282</x:v>
+        <x:v>554795</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19685,51 +19683,51 @@
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>603754</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
@@ -19857,54 +19855,54 @@
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>606279</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19914,54 +19912,54 @@
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>608354</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
@@ -19973,164 +19971,164 @@
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>608355</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>554792</x:v>
+        <x:v>522110</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>554793</x:v>
+        <x:v>554028</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
@@ -20140,229 +20138,229 @@
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>556187</x:v>
+        <x:v>606280</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>608353</x:v>
+        <x:v>554792</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>522110</x:v>
+        <x:v>554793</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>554028</x:v>
+        <x:v>556187</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
@@ -20372,60 +20370,60 @@
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>606280</x:v>
+        <x:v>608353</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
@@ -20497,54 +20495,54 @@
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>601144</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>390</x:v>
@@ -20850,54 +20848,54 @@
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>599870</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -20909,54 +20907,54 @@
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>599869</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21079,54 +21077,54 @@
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>615982</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21469,108 +21467,108 @@
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>593976</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>593999</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
@@ -21582,102 +21580,102 @@
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>601338</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>545030</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21692,51 +21690,51 @@
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>495434</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21749,60 +21747,60 @@
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>616219</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
@@ -21930,102 +21928,102 @@
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>603473</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>535322</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22040,51 +22038,51 @@
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>550663</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22097,51 +22095,51 @@
       <x:c r="J337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>611108</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
@@ -22160,108 +22158,108 @@
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>593977</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>593993</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>164</x:v>
@@ -22396,54 +22394,54 @@
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>609553</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
@@ -22514,57 +22512,57 @@
       <x:c r="K344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>602740</x:v>
+        <x:v>549102</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
@@ -22574,176 +22572,175 @@
       <x:c r="K345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>549102</x:v>
+        <x:v>602740</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s"/>
+      <x:c r="E346" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>588306</x:v>
+        <x:v>614684</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
-      <x:c r="E347" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>614684</x:v>
+        <x:v>588306</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>54</x:v>
@@ -22936,54 +22933,54 @@
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>600895</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
@@ -23173,54 +23170,54 @@
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>608084</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
@@ -23229,114 +23226,114 @@
       <x:c r="K356" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>556982</x:v>
+        <x:v>608082</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>608082</x:v>
+        <x:v>556982</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
@@ -23529,54 +23526,54 @@
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>607864</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>48</x:v>
@@ -23708,57 +23705,57 @@
       <x:c r="K364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>545160</x:v>
+        <x:v>607852</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -23768,57 +23765,57 @@
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>607852</x:v>
+        <x:v>545160</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>277</x:v>
@@ -23826,51 +23823,51 @@
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>495177</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23886,51 +23883,51 @@
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>560179</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23947,60 +23944,60 @@
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>598847</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24069,51 +24066,51 @@
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>599382</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -24183,54 +24180,54 @@
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>593962</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -24353,51 +24350,51 @@
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>603797</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
@@ -24761,51 +24758,51 @@
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>603552</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24871,114 +24868,114 @@
       <x:c r="K384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>603524</x:v>
+        <x:v>560710</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>560710</x:v>
+        <x:v>603524</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25217,161 +25214,161 @@
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>600140</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>600141</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>546010</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25384,51 +25381,51 @@
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>508718</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25620,162 +25617,162 @@
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>598948</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>593975</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>36335</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>595892</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
@@ -25788,108 +25785,108 @@
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>593979</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>593986</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25899,108 +25896,108 @@
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>593985</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>593968</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>100</x:v>
@@ -26074,54 +26071,54 @@
       <x:c r="L405" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>608291</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26131,108 +26128,108 @@
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>593971</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>593980</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>100</x:v>
@@ -26243,57 +26240,57 @@
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>607812</x:v>
+        <x:v>556407</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -26303,57 +26300,57 @@
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>556407</x:v>
+        <x:v>511033</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>100</x:v>
@@ -26364,111 +26361,111 @@
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>511033</x:v>
+        <x:v>607812</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>593981</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>100</x:v>
@@ -26536,54 +26533,54 @@
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>594002</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>100</x:v>
@@ -26594,57 +26591,57 @@
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>608290</x:v>
+        <x:v>511035</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -26654,57 +26651,57 @@
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>511035</x:v>
+        <x:v>608290</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>100</x:v>
@@ -26778,54 +26775,54 @@
       <x:c r="L417" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>607815</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>100</x:v>
@@ -26836,57 +26833,57 @@
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>513361</x:v>
+        <x:v>556413</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -26896,57 +26893,57 @@
       <x:c r="K419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>556413</x:v>
+        <x:v>513361</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26956,108 +26953,108 @@
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>593990</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>593972</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
@@ -27069,54 +27066,54 @@
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>602212</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27245,54 +27242,54 @@
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>602221</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>275</x:v>
@@ -27423,108 +27420,108 @@
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>593982</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>593995</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>100</x:v>
@@ -27535,57 +27532,57 @@
       <x:c r="K430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>607814</x:v>
+        <x:v>556412</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -27595,57 +27592,57 @@
       <x:c r="K431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>556412</x:v>
+        <x:v>607814</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>100</x:v>
@@ -27834,54 +27831,54 @@
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>593987</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>100</x:v>
@@ -27895,108 +27892,108 @@
       <x:c r="L436" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>607813</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>594001</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28006,108 +28003,108 @@
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>593992</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>593973</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28117,283 +28114,283 @@
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>593991</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>593978</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>602264</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>558912</x:v>
+        <x:v>541528</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>541528</x:v>
+        <x:v>558912</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28403,54 +28400,54 @@
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>605943</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
@@ -28581,158 +28578,158 @@
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>547567</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>602262</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>541529</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28745,51 +28742,51 @@
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>547773</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
@@ -28802,114 +28799,114 @@
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>593974</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>593994</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28919,105 +28916,105 @@
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>593983</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>36335</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>595891</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>367</x:v>
@@ -29034,51 +29031,51 @@
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>602222</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
@@ -29097,51 +29094,51 @@
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>547710</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>275</x:v>
@@ -29449,54 +29446,54 @@
       <x:c r="L463" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>608181</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
@@ -29624,54 +29621,54 @@
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>605494</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -29748,105 +29745,105 @@
       <x:c r="M468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>607811</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>593997</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29856,54 +29853,54 @@
       <x:c r="L470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>593969</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -29916,51 +29913,51 @@
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>609613</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>163</x:v>
@@ -29977,54 +29974,54 @@
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>609614</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -30149,51 +30146,51 @@
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>552579</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30208,51 +30205,51 @@
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>501302</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30265,176 +30262,176 @@
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>600426</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>552612</x:v>
+        <x:v>501348</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>501348</x:v>
+        <x:v>552612</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
@@ -30446,54 +30443,54 @@
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>600372</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30503,51 +30500,51 @@
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>608573</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
@@ -30740,51 +30737,51 @@
       <x:c r="L485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>599718</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>547</x:v>
@@ -30982,54 +30979,54 @@
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>600310</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>84</x:v>
@@ -31100,54 +31097,54 @@
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>605495</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
@@ -31386,108 +31383,108 @@
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>593998</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>593966</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -31497,54 +31494,54 @@
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>593965</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -31613,51 +31610,51 @@
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>602005</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -31973,54 +31970,54 @@
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>607790</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -32030,57 +32027,57 @@
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>556806</x:v>
+        <x:v>507302</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>164</x:v>
@@ -32091,108 +32088,108 @@
       <x:c r="K508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>507302</x:v>
+        <x:v>556806</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>508748</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32209,51 +32206,51 @@
       <x:c r="J510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>556874</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32269,60 +32266,60 @@
       <x:c r="J511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>609671</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
@@ -32631,54 +32628,54 @@
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>609674</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
@@ -32693,51 +32690,51 @@
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>609446</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -32987,51 +32984,51 @@
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>609680</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
@@ -33106,51 +33103,51 @@
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>603573</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
@@ -33213,51 +33210,51 @@
       <x:c r="J527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>545560</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33272,51 +33269,51 @@
       <x:c r="J528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>504475</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33329,60 +33326,60 @@
       <x:c r="J529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>598886</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
@@ -33624,108 +33621,108 @@
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>593961</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>607416</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
@@ -33734,51 +33731,51 @@
       <x:c r="J536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>553794</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33791,51 +33788,51 @@
       <x:c r="J537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>504037</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33850,108 +33847,108 @@
       <x:c r="J538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>607415</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>553795</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -34142,57 +34139,57 @@
       <x:c r="K543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>607413</x:v>
+        <x:v>553797</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
@@ -34201,57 +34198,57 @@
       <x:c r="K544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>553797</x:v>
+        <x:v>607413</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34264,51 +34261,51 @@
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>609226</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
@@ -34439,162 +34436,162 @@
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>609227</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>601324</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>604521</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -34607,54 +34604,54 @@
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>602155</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
@@ -34723,54 +34720,54 @@
       <x:c r="L553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>602604</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
@@ -34779,114 +34776,114 @@
       <x:c r="K554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>547147</x:v>
+        <x:v>498166</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>498166</x:v>
+        <x:v>547147</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
@@ -34895,114 +34892,114 @@
       <x:c r="K556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>499982</x:v>
+        <x:v>548468</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>548468</x:v>
+        <x:v>499982</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
@@ -35062,60 +35059,60 @@
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>593970</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
@@ -35424,160 +35421,162 @@
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>601932</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
-        <x:v>114</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
-      <x:c r="E566" s="14" t="s"/>
+      <x:c r="E566" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>599406</x:v>
+        <x:v>601933</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>601933</x:v>
+        <x:v>498529</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35590,116 +35589,113 @@
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>497071</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>623</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
-      <x:c r="E569" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>498529</x:v>
+        <x:v>599406</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -35934,54 +35930,54 @@
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>601151</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>358</x:v>
       </x:c>