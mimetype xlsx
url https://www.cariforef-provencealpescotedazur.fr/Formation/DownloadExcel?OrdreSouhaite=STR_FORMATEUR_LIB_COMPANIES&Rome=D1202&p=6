--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -827,56 +827,56 @@
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Fb Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/27/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus Beauté</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus Beauté - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
@@ -1130,98 +1130,98 @@
   <x:si>
     <x:t>LCC</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BM Coiffeur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lep Privé de Coiffure Phocéa René Attoyan - CFC CFA René Attoyan Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de la coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Leau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prothèses et compléments capillaires hommes</x:t>
   </x:si>
   <x:si>
     <x:t>Lionel Simon - Léo Brillant Compagny</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Extension de cheveux</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>LP C Hugues</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83181</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Leau</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP M Casarès</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>LP Phocea R Attoyan</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jacques Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
@@ -1286,81 +1286,81 @@
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Les Pennes Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/12/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/29/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>05/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2028 00:00:00</x:t>
   </x:si>
@@ -6583,57 +6583,57 @@
       <x:c r="K81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>533303</x:v>
+        <x:v>580647</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6642,57 +6642,57 @@
       <x:c r="K82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>580647</x:v>
+        <x:v>533303</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7555,164 +7555,164 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>547248</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>615512</x:v>
+        <x:v>605609</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>605609</x:v>
+        <x:v>615512</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>159</x:v>
@@ -9237,219 +9237,219 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>502320</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>604709</x:v>
+        <x:v>552832</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>552832</x:v>
+        <x:v>604754</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>604754</x:v>
+        <x:v>604709</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -9963,285 +9963,285 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>502061</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>552844</x:v>
+        <x:v>604241</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>552884</x:v>
+        <x:v>552844</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>604213</x:v>
+        <x:v>552884</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>604241</x:v>
+        <x:v>604213</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>165</x:v>
@@ -11291,159 +11291,161 @@
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>501828</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="J160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>501780</x:v>
+        <x:v>574303</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="C161" s="3" t="s"/>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="n">
+        <x:v>38231</x:v>
+      </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
+      <x:c r="J161" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>574303</x:v>
+        <x:v>501780</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>165</x:v>
@@ -11883,164 +11885,164 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>604825</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>553282</x:v>
+        <x:v>604790</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>604790</x:v>
+        <x:v>553282</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>165</x:v>
@@ -12638,132 +12640,132 @@
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>607615</x:v>
+        <x:v>553303</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>553303</x:v>
+        <x:v>607615</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>164</x:v>
@@ -16414,134 +16416,134 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>495482</x:v>
+        <x:v>607288</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>607288</x:v>
+        <x:v>495482</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -16904,154 +16906,154 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>597074</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>595144</x:v>
+        <x:v>594233</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>594233</x:v>
+        <x:v>595144</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17819,450 +17821,450 @@
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>599066</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>544986</x:v>
+        <x:v>544989</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>599059</x:v>
+        <x:v>544986</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>599065</x:v>
+        <x:v>599059</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>517322</x:v>
+        <x:v>599065</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>599061</x:v>
+        <x:v>517322</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>599058</x:v>
+        <x:v>599061</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>544995</x:v>
+        <x:v>599058</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -18342,159 +18344,159 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>544994</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>544987</x:v>
+        <x:v>544995</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>544989</x:v>
+        <x:v>544987</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -18797,159 +18799,160 @@
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>602407</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
+      <x:c r="E289" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>573958</x:v>
+        <x:v>571477</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>571477</x:v>
+        <x:v>573958</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -20724,324 +20727,324 @@
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>549483</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
-      <x:c r="E323" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>603628</x:v>
+        <x:v>616215</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
-      <x:c r="E324" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>549474</x:v>
+        <x:v>616228</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>616215</x:v>
+        <x:v>616232</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
-      <x:c r="E326" s="14" t="s"/>
+      <x:c r="E326" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>616228</x:v>
+        <x:v>603628</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
+      <x:c r="E327" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>616232</x:v>
+        <x:v>549474</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -21218,168 +21221,167 @@
       <x:c r="K331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>560670</x:v>
+        <x:v>616230</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s"/>
+      <x:c r="E332" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>616230</x:v>
+        <x:v>499324</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
-      <x:c r="E333" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>499324</x:v>
+        <x:v>560670</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
@@ -21739,114 +21741,114 @@
       <x:c r="K340" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>507567</x:v>
+        <x:v>588530</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>588530</x:v>
+        <x:v>507567</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
@@ -22092,213 +22094,214 @@
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>615288</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
+      <x:c r="E347" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>600614</x:v>
+        <x:v>601334</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>545393</x:v>
+        <x:v>600614</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>601334</x:v>
+        <x:v>545393</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
@@ -23293,532 +23296,530 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>566433</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>600287</x:v>
+        <x:v>575105</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>600290</x:v>
+        <x:v>600287</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>317</x:v>
-[...1 lines deleted...]
-      <x:c r="C370" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C370" s="15" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D370" s="15" t="s"/>
-      <x:c r="E370" s="14" t="s"/>
+      <x:c r="E370" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="J370" s="14" t="s"/>
+      <x:c r="J370" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>566465</x:v>
+        <x:v>600290</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>566762</x:v>
+        <x:v>566465</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>590120</x:v>
+        <x:v>566762</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>566411</x:v>
+        <x:v>590120</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>581580</x:v>
+        <x:v>566411</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
-      <x:c r="E375" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="J375" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>575108</x:v>
+        <x:v>581580</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>575105</x:v>
+        <x:v>575108</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
@@ -24793,1221 +24794,1222 @@
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>611613</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>554998</x:v>
+        <x:v>595320</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>555008</x:v>
+        <x:v>554998</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>498266</x:v>
+        <x:v>555008</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>611611</x:v>
+        <x:v>498266</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>611617</x:v>
+        <x:v>611611</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>555002</x:v>
+        <x:v>611617</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>611618</x:v>
+        <x:v>555002</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>353</x:v>
-[...1 lines deleted...]
-      <x:c r="C403" s="3" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C403" s="3" t="n">
+        <x:v>38232</x:v>
+      </x:c>
       <x:c r="D403" s="3" t="s"/>
+      <x:c r="E403" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J403" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>613849</x:v>
+        <x:v>611618</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>614274</x:v>
+        <x:v>613849</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="I405" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="K405" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="L405" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="M405" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N405" s="3" t="n">
+        <x:v>42050</x:v>
+      </x:c>
+      <x:c r="O405" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P405" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="Q405" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="R405" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="S405" s="0" t="n">
+        <x:v>614274</x:v>
+      </x:c>
+      <x:c r="T405" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="I405" s="4" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>597082</x:v>
+        <x:v>595319</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>595145</x:v>
+        <x:v>597082</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>594234</x:v>
+        <x:v>595145</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>595321</x:v>
+        <x:v>594234</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>597086</x:v>
+        <x:v>595321</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>597078</x:v>
+        <x:v>597086</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>594237</x:v>
+        <x:v>597078</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>595322</x:v>
+        <x:v>594237</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="Q414" s="16" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>597080</x:v>
+        <x:v>595322</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>594235</x:v>
+        <x:v>597080</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>595320</x:v>
+        <x:v>594235</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -26578,51 +26580,51 @@
       <x:c r="I427" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>608277</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
@@ -26637,51 +26639,51 @@
       <x:c r="I428" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>556684</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
@@ -26697,51 +26699,51 @@
       <x:c r="I429" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>556494</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
@@ -26756,51 +26758,51 @@
       <x:c r="I430" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>494871</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
@@ -26813,51 +26815,51 @@
       <x:c r="I431" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>604367</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
@@ -26872,51 +26874,51 @@
       <x:c r="I432" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>604373</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
@@ -26929,51 +26931,51 @@
       <x:c r="I433" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>559093</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
@@ -26988,51 +26990,51 @@
       <x:c r="I434" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>494870</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
@@ -27045,51 +27047,51 @@
       <x:c r="I435" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>559103</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
@@ -29431,246 +29433,246 @@
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>614571</x:v>
+        <x:v>567040</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>614575</x:v>
+        <x:v>568274</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>567040</x:v>
+        <x:v>614571</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>568274</x:v>
+        <x:v>614575</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -29853,51 +29855,51 @@
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>614569</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30129,51 +30131,51 @@
       <x:c r="L489" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>567042</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
@@ -30413,51 +30415,51 @@
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>568236</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30467,51 +30469,51 @@
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>568242</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
@@ -30591,611 +30593,610 @@
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>454657</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s"/>
+      <x:c r="E498" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>614581</x:v>
+        <x:v>609248</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>609248</x:v>
+        <x:v>609249</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>609249</x:v>
+        <x:v>506103</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
-      <x:c r="E501" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>506103</x:v>
+        <x:v>614581</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
-      <x:c r="E502" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>554462</x:v>
+        <x:v>612515</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>612515</x:v>
+        <x:v>568270</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
-      <x:c r="E504" s="14" t="s"/>
+      <x:c r="E504" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>568270</x:v>
+        <x:v>554462</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>566992</x:v>
+        <x:v>614574</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>614574</x:v>
+        <x:v>614579</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>614579</x:v>
+        <x:v>566992</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
@@ -32021,100 +32022,100 @@
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>554406</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>609244</x:v>
+        <x:v>506109</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
@@ -32123,346 +32124,346 @@
       <x:c r="K524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>554419</x:v>
+        <x:v>609228</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>506109</x:v>
+        <x:v>554419</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>609228</x:v>
+        <x:v>506108</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>506108</x:v>
+        <x:v>554465</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>554465</x:v>
+        <x:v>609218</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>609218</x:v>
+        <x:v>609244</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
@@ -32485,159 +32486,159 @@
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>506080</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>554408</x:v>
+        <x:v>554464</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>554464</x:v>
+        <x:v>554408</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -32763,51 +32764,51 @@
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>612513</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33047,51 +33048,51 @@
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>567041</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
@@ -33499,51 +33500,51 @@
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>567039</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -33751,302 +33752,302 @@
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>567043</x:v>
+        <x:v>612740</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>612740</x:v>
+        <x:v>567043</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>506038</x:v>
+        <x:v>609250</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>609250</x:v>
+        <x:v>506038</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>612745</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
@@ -34577,159 +34578,160 @@
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>506092</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
-      <x:c r="E568" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>554471</x:v>
+        <x:v>571132</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
+      <x:c r="E569" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>571132</x:v>
+        <x:v>554471</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
@@ -35239,168 +35241,168 @@
       <x:c r="K579" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>609615</x:v>
+        <x:v>567097</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>609683</x:v>
+        <x:v>609615</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>567097</x:v>
+        <x:v>609683</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35410,51 +35412,51 @@
       <x:c r="L582" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>567081</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35632,51 +35634,51 @@
       <x:c r="L586" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>567078</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -36533,227 +36535,226 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s"/>
       <x:c r="K602" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>586505</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-        <x:v>151</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>583781</x:v>
+        <x:v>549179</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F604" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F604" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="G604" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>549179</x:v>
+        <x:v>583781</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>504766</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -36768,51 +36769,51 @@
       <x:c r="J606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>606030</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -36825,51 +36826,51 @@
       <x:c r="J607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>549180</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -36884,51 +36885,51 @@
       <x:c r="J608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>549187</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -36941,51 +36942,51 @@
       <x:c r="J609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>606029</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37000,51 +37001,51 @@
       <x:c r="J610" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>606005</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37057,51 +37058,51 @@
       <x:c r="J611" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>504815</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37116,51 +37117,51 @@
       <x:c r="J612" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>549154</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37173,51 +37174,51 @@
       <x:c r="J613" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>606004</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37232,51 +37233,51 @@
       <x:c r="J614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>606031</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37289,283 +37290,283 @@
       <x:c r="J615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>606053</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>504816</x:v>
+        <x:v>549188</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>504827</x:v>
+        <x:v>504816</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>549188</x:v>
+        <x:v>504827</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>504776</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37580,343 +37581,343 @@
       <x:c r="J620" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>504789</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>606042</x:v>
+        <x:v>549162</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>549151</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>549162</x:v>
+        <x:v>606042</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>549181</x:v>
+        <x:v>549158</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>549158</x:v>
+        <x:v>549181</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>442</x:v>
@@ -40149,159 +40150,159 @@
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>504778</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>504818</x:v>
+        <x:v>572427</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>572427</x:v>
+        <x:v>504818</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="E667" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>