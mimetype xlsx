--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -260,59 +260,59 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
@@ -827,56 +827,56 @@
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>Fb Formation</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus Beauté</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus Beauté - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
@@ -896,59 +896,59 @@
   <x:si>
     <x:t>BP Coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>PORT-DE-BOUC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Métiers de la coiffure</x:t>
@@ -1022,113 +1022,113 @@
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP métiers de la coiffure + module complémentaire chignon</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Perfectionnement coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP métiers de la coiffure (cursus partiel)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Remise à niveau coiffure</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Remise à niveau coiffure</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Coupe homme dégradé américain</x:t>
   </x:si>
   <x:si>
     <x:t>Pose d'extensions capillaires</x:t>
   </x:si>
   <x:si>
     <x:t>Karisma</x:t>
   </x:si>
   <x:si>
     <x:t>83390</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CUERS</x:t>
   </x:si>
   <x:si>
     <x:t>Lissage et  soins capillaires</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Choisir, fixer, adapter et coiffer un complément capillaire</x:t>
   </x:si>
   <x:si>
     <x:t>La Centrale Capillaire</x:t>
   </x:si>
   <x:si>
     <x:t>LCC</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -1307,57 +1307,57 @@
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/31/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>05/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
@@ -2762,159 +2762,160 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>554980</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>606663</x:v>
+        <x:v>496154</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>496154</x:v>
+        <x:v>606663</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="U16" s="16" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -2924,165 +2925,167 @@
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>606660</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>554969</x:v>
+        <x:v>601407</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>601407</x:v>
+        <x:v>496134</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -3091,171 +3094,168 @@
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>496134</x:v>
+        <x:v>546818</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>546818</x:v>
+        <x:v>606666</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>606666</x:v>
+        <x:v>554969</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -3265,51 +3265,51 @@
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>606668</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3322,51 +3322,51 @@
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>606661</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -3376,51 +3376,51 @@
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>606664</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3433,51 +3433,51 @@
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>606665</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -3487,51 +3487,51 @@
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>606667</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -5845,159 +5845,159 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>601998</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>497220</x:v>
+        <x:v>549000</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>549000</x:v>
+        <x:v>497220</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -6584,51 +6584,51 @@
       <x:c r="K81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>580648</x:v>
+        <x:v>580649</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
@@ -6643,51 +6643,51 @@
       <x:c r="K82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>580649</x:v>
+        <x:v>580648</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -6700,57 +6700,57 @@
       <x:c r="K83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>533300</x:v>
+        <x:v>615775</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6759,114 +6759,114 @@
       <x:c r="K84" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>580647</x:v>
+        <x:v>533300</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>615775</x:v>
+        <x:v>580647</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>136</x:v>
@@ -10871,164 +10871,164 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>553198</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>604158</x:v>
+        <x:v>502135</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>502135</x:v>
+        <x:v>604158</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -11141,545 +11141,547 @@
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>553340</x:v>
+        <x:v>604104</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="C158" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s"/>
+      <x:c r="E158" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="J158" s="14" t="s"/>
+      <x:c r="J158" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>574303</x:v>
+        <x:v>501828</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>501780</x:v>
+        <x:v>553340</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="J160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>501828</x:v>
+        <x:v>574303</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>604104</x:v>
+        <x:v>604105</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>604105</x:v>
+        <x:v>553322</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>553322</x:v>
+        <x:v>553341</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="J164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>553341</x:v>
+        <x:v>574097</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="C165" s="3" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C165" s="3" t="n">
+        <x:v>38231</x:v>
+      </x:c>
       <x:c r="D165" s="3" t="s"/>
+      <x:c r="E165" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
+      <x:c r="J165" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>574097</x:v>
+        <x:v>604089</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>165</x:v>
@@ -11690,777 +11692,777 @@
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>604089</x:v>
+        <x:v>501780</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>553277</x:v>
+        <x:v>604790</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>604820</x:v>
+        <x:v>553277</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>604825</x:v>
+        <x:v>604820</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>553243</x:v>
+        <x:v>604825</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>553278</x:v>
+        <x:v>553243</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>501677</x:v>
+        <x:v>553278</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>501725</x:v>
+        <x:v>553282</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>553282</x:v>
+        <x:v>501677</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>604821</x:v>
+        <x:v>501725</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>604790</x:v>
+        <x:v>604821</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>607615</x:v>
+        <x:v>502204</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>502204</x:v>
+        <x:v>502210</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -12476,57 +12478,57 @@
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>553303</x:v>
+        <x:v>607614</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>165</x:v>
@@ -12537,541 +12539,541 @@
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>502210</x:v>
+        <x:v>553303</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>607614</x:v>
+        <x:v>553302</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>553302</x:v>
+        <x:v>553293</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>553293</x:v>
+        <x:v>607615</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>553699</x:v>
+        <x:v>604842</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>604852</x:v>
+        <x:v>604853</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>604857</x:v>
+        <x:v>501583</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>553679</x:v>
+        <x:v>553699</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>553698</x:v>
+        <x:v>604852</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -13081,57 +13083,57 @@
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>553707</x:v>
+        <x:v>604857</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>165</x:v>
@@ -13142,232 +13144,232 @@
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>501527</x:v>
+        <x:v>553679</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>604842</x:v>
+        <x:v>553698</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>604853</x:v>
+        <x:v>553707</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>501583</x:v>
+        <x:v>501527</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
@@ -13380,111 +13382,111 @@
       <x:c r="K194" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>597081</x:v>
+        <x:v>597089</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>597089</x:v>
+        <x:v>597081</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -13610,51 +13612,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>495215</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -15481,212 +15483,211 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>497680</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="J231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>500905</x:v>
+        <x:v>615309</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="C232" s="15" t="s"/>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="n">
+        <x:v>37963</x:v>
+      </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="J232" s="14" t="s"/>
+      <x:c r="J232" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>615309</x:v>
+        <x:v>537244</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>537244</x:v>
+        <x:v>500905</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>220</x:v>
@@ -16609,114 +16610,114 @@
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>558039</x:v>
+        <x:v>607287</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>607287</x:v>
+        <x:v>558039</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -16728,51 +16729,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>495482</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -17295,51 +17296,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>496793</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -17466,110 +17467,110 @@
       <x:c r="L265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>496739</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>601093</x:v>
+        <x:v>546534</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17590,96 +17591,96 @@
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>573958</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>546534</x:v>
+        <x:v>546569</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -17692,167 +17693,167 @@
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>546569</x:v>
+        <x:v>601093</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>544989</x:v>
+        <x:v>505886</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>505886</x:v>
+        <x:v>505892</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>251</x:v>
@@ -17867,114 +17868,114 @@
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>505892</x:v>
+        <x:v>599066</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>599066</x:v>
+        <x:v>544989</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="U273" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -18043,51 +18044,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>599058</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
@@ -18102,51 +18103,51 @@
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>599059</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -18159,51 +18160,51 @@
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>599065</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
@@ -18278,51 +18279,51 @@
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>544995</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
@@ -18337,51 +18338,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>544987</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -18450,51 +18451,51 @@
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>599061</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -19545,51 +19546,51 @@
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>521661</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -19602,51 +19603,51 @@
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>523528</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -19667,478 +19668,478 @@
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>564402</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>543685</x:v>
+        <x:v>588529</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="S305" s="0" t="n">
+        <x:v>543685</x:v>
+      </x:c>
+      <x:c r="T305" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="U305" s="4" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>493036</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>540878</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>523502</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>540875</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>582026</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>588527</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
@@ -20151,51 +20152,51 @@
       <x:c r="J312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>551762</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -20205,51 +20206,51 @@
       <x:c r="J313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>491851</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
@@ -20262,105 +20263,105 @@
       <x:c r="J314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>551753</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>523500</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
@@ -20892,51 +20893,51 @@
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>509639</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
@@ -21227,57 +21228,57 @@
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>603628</x:v>
+        <x:v>549474</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
@@ -21286,57 +21287,57 @@
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>549474</x:v>
+        <x:v>603628</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21354,156 +21355,157 @@
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>549482</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
-      <x:c r="E334" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>499351</x:v>
+        <x:v>560670</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
+      <x:c r="E335" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>560670</x:v>
+        <x:v>499351</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
@@ -21518,51 +21520,51 @@
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>523530</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -21807,51 +21809,51 @@
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>504173</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
@@ -21982,51 +21984,51 @@
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>507567</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -23278,160 +23280,159 @@
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>581580</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
-      <x:c r="E368" s="14" t="s"/>
+      <x:c r="E368" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>566365</x:v>
+        <x:v>575108</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
-      <x:c r="E369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>575108</x:v>
+        <x:v>566365</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -23506,162 +23507,157 @@
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>575105</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>600287</x:v>
+        <x:v>566432</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
-      <x:c r="E373" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>600290</x:v>
+        <x:v>566433</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
@@ -23675,157 +23671,162 @@
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>566770</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
+      <x:c r="E375" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>566432</x:v>
+        <x:v>600287</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s"/>
+      <x:c r="E376" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>566433</x:v>
+        <x:v>600290</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
@@ -23982,51 +23983,51 @@
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>599187</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
@@ -24081,159 +24082,159 @@
       <x:c r="K382" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>599183</x:v>
+        <x:v>599184</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>599186</x:v>
+        <x:v>599183</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>599184</x:v>
+        <x:v>599186</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
@@ -24808,269 +24809,270 @@
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>611617</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>555008</x:v>
+        <x:v>554998</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>554998</x:v>
+        <x:v>555008</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>555002</x:v>
+        <x:v>495392</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
+      <x:c r="E399" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>495392</x:v>
+        <x:v>555001</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
@@ -25082,57 +25084,57 @@
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>555001</x:v>
+        <x:v>555002</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25682,51 +25684,51 @@
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>597078</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
@@ -26359,51 +26361,51 @@
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>547656</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
@@ -26712,51 +26714,51 @@
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>556684</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
@@ -26765,108 +26767,108 @@
       <x:c r="J430" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>494870</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>559103</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26881,114 +26883,114 @@
       <x:c r="J432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>559093</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>494871</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
@@ -26997,51 +26999,51 @@
       <x:c r="J434" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>604367</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27054,51 +27056,51 @@
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>604373</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27113,114 +27115,114 @@
       <x:c r="J436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>547790</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>493138</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
@@ -27229,51 +27231,51 @@
       <x:c r="J438" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>493120</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27295,51 +27297,51 @@
       <x:c r="L439" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>511045</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>284</x:v>
@@ -27356,51 +27358,51 @@
       <x:c r="L440" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>516388</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -27669,164 +27671,164 @@
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>496960</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>496906</x:v>
+        <x:v>600352</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>547393</x:v>
+        <x:v>496906</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>25</x:v>
@@ -27837,57 +27839,57 @@
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>600352</x:v>
+        <x:v>547393</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -29246,51 +29248,51 @@
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>614569</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30259,898 +30261,898 @@
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>506104</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
-      <x:c r="E492" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>554402</x:v>
+        <x:v>614581</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>609248</x:v>
+        <x:v>554462</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>609249</x:v>
+        <x:v>612515</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>612515</x:v>
+        <x:v>568270</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s"/>
+      <x:c r="E496" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>614581</x:v>
+        <x:v>609248</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>554462</x:v>
+        <x:v>609249</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>568270</x:v>
+        <x:v>566992</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
+      <x:c r="E499" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>568274</x:v>
+        <x:v>554402</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>614571</x:v>
+        <x:v>568274</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>614575</x:v>
+        <x:v>614571</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>567040</x:v>
+        <x:v>614575</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
-      <x:c r="E503" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>609220</x:v>
+        <x:v>567040</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>609265</x:v>
+        <x:v>609220</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>506102</x:v>
+        <x:v>609265</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
-      <x:c r="E506" s="14" t="s"/>
+      <x:c r="E506" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>566992</x:v>
+        <x:v>506102</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -33000,219 +33002,219 @@
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>554469</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
-      <x:c r="E540" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>506100</x:v>
+        <x:v>567041</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>554407</x:v>
+        <x:v>506100</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
-      <x:c r="E542" s="14" t="s"/>
+      <x:c r="E542" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>567041</x:v>
+        <x:v>554407</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -34529,100 +34531,103 @@
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>571138</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
+      <x:c r="E567" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>567090</x:v>
+        <x:v>554400</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34694,105 +34699,103 @@
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>567099</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
-      <x:c r="E570" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>554400</x:v>
+        <x:v>567090</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35198,51 +35201,51 @@
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>610017</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -35252,51 +35255,51 @@
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>610015</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35931,156 +35934,157 @@
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>498154</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
-      <x:c r="E592" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>547150</x:v>
+        <x:v>558643</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
+      <x:c r="E593" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>558643</x:v>
+        <x:v>547150</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
@@ -36619,51 +36623,51 @@
       <x:c r="L603" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>504766</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
@@ -37244,51 +37248,51 @@
       <x:c r="L614" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>504816</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -37301,164 +37305,164 @@
       <x:c r="L615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>504827</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>549162</x:v>
+        <x:v>549151</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>549151</x:v>
+        <x:v>549162</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>443</x:v>
@@ -37533,51 +37537,51 @@
       <x:c r="L619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>504815</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
@@ -37708,51 +37712,51 @@
       <x:c r="L622" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>504776</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -37765,51 +37769,51 @@
       <x:c r="L623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>504789</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
@@ -37824,51 +37828,51 @@
       <x:c r="L624" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>504822</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -37997,164 +38001,164 @@
       <x:c r="L627" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>504782</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>549158</x:v>
+        <x:v>549181</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="E629" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>549181</x:v>
+        <x:v>549158</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>443</x:v>
@@ -38461,51 +38465,51 @@
       <x:c r="L635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>504763</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
@@ -38577,51 +38581,51 @@
       <x:c r="L637" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>504781</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
@@ -38809,51 +38813,51 @@
       <x:c r="L641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>504817</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
@@ -38868,51 +38872,51 @@
       <x:c r="L642" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>504777</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -38925,51 +38929,51 @@
       <x:c r="L643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>504821</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
@@ -39094,51 +39098,51 @@
       <x:c r="J646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>606037</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="E647" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39151,51 +39155,51 @@
       <x:c r="J647" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>606015</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39210,51 +39214,51 @@
       <x:c r="J648" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>606036</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="E649" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39267,226 +39271,226 @@
       <x:c r="J649" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>606013</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>606046</x:v>
+        <x:v>606014</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>606014</x:v>
+        <x:v>606046</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>606038</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39499,51 +39503,51 @@
       <x:c r="J653" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>572424</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39558,51 +39562,51 @@
       <x:c r="J654" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>572439</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39615,57 +39619,57 @@
       <x:c r="J655" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>504778</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
@@ -39674,108 +39678,108 @@
       <x:c r="J656" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>504818</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>572427</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39790,51 +39794,51 @@
       <x:c r="J658" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K658" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>572426</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39847,51 +39851,51 @@
       <x:c r="J659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>572441</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39906,114 +39910,114 @@
       <x:c r="J660" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>504767</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>504785</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
@@ -40022,108 +40026,108 @@
       <x:c r="J662" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>504823</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>572425</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -40138,108 +40142,108 @@
       <x:c r="J664" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>504784</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>572440</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -40254,51 +40258,51 @@
       <x:c r="J666" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>572442</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="E667" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -40311,57 +40315,57 @@
       <x:c r="J667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>504824</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
@@ -40492,51 +40496,51 @@
       <x:c r="L670" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>504819</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -40549,51 +40553,51 @@
       <x:c r="L671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>504826</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
@@ -40608,51 +40612,51 @@
       <x:c r="L672" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>504788</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -41199,391 +41203,391 @@
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>549156</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="E683" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
-        <x:v>606010</x:v>
+        <x:v>504764</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>606040</x:v>
+        <x:v>504787</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>504779</x:v>
+        <x:v>549185</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>504764</x:v>
+        <x:v>606010</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>504787</x:v>
+        <x:v>606040</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>549185</x:v>
+        <x:v>504779</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41593,51 +41597,51 @@
       <x:c r="L689" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>504825</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
@@ -41704,57 +41708,57 @@
       <x:c r="K691" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>544947</x:v>
+        <x:v>598880</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
@@ -41763,57 +41767,57 @@
       <x:c r="K692" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>598880</x:v>
+        <x:v>544947</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="E693" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>26</x:v>
       </x:c>