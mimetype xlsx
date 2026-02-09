--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -371,62 +371,62 @@
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Technico-commercial</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable de développement commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
@@ -722,65 +722,65 @@
   <x:si>
     <x:t>ILEC</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>responsable en gestion financière</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Financement entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Conseiller clientèle des particuliers et des professionnels en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle omnicanal bancassurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
@@ -812,57 +812,57 @@
   <x:si>
     <x:t>Lycée de l'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS banque, conseiller de clientèle (particuliers) (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique Victor Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>BTS banque, conseiller de clientèle (particuliers) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jacques Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marie France</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
@@ -2604,51 +2604,51 @@
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>601006</x:v>
+        <x:v>551868</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36591</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>96</x:v>
@@ -2665,51 +2665,51 @@
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>551868</x:v>
+        <x:v>601006</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2728,54 +2728,54 @@
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>551891</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>36395</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -3197,51 +3197,51 @@
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>572338</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3428,57 +3428,57 @@
       <x:c r="J33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>570276</x:v>
+        <x:v>608850</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>131</x:v>
@@ -3489,57 +3489,57 @@
       <x:c r="J34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>608850</x:v>
+        <x:v>570276</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -3619,51 +3619,51 @@
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>608851</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -3740,51 +3740,51 @@
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>570280</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -3929,164 +3929,164 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>608846</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38440</x:v>
+        <x:v>38381</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>608849</x:v>
+        <x:v>570230</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38381</x:v>
+        <x:v>38440</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>570230</x:v>
+        <x:v>608849</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>126</x:v>
@@ -4221,51 +4221,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>599664</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39619</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -4457,51 +4457,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>602633</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4514,51 +4514,51 @@
       <x:c r="M51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>546808</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
@@ -4573,51 +4573,51 @@
       <x:c r="M52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>546811</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4630,51 +4630,51 @@
       <x:c r="M53" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>546809</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4746,51 +4746,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>602635</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4805,51 +4805,51 @@
       <x:c r="M56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>546807</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4918,51 +4918,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>514406</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35964</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5320,57 +5320,57 @@
       <x:c r="K65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>523270</x:v>
+        <x:v>554031</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5379,57 +5379,57 @@
       <x:c r="K66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>554031</x:v>
+        <x:v>523270</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -6352,51 +6352,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>550654</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6411,51 +6411,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>535318</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -6527,328 +6527,327 @@
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>615896</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38381</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>41083</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>614675</x:v>
+        <x:v>588327</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s"/>
+      <x:c r="E88" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>543339</x:v>
+        <x:v>614675</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>35538</x:v>
+        <x:v>38381</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>588327</x:v>
+        <x:v>543339</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41716</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>614707</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>503816</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
@@ -6865,51 +6864,51 @@
       <x:c r="H92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>498921</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
@@ -6925,207 +6924,207 @@
       <x:c r="H93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>609168</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>549249</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>549205</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -7138,54 +7137,54 @@
       <x:c r="S96" s="14" t="n">
         <x:v>586499</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -7199,54 +7198,54 @@
         <x:v>549277</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -7256,407 +7255,406 @@
       <x:c r="R98" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>600886</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>608095</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>129</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>556962</x:v>
+        <x:v>556966</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>556966</x:v>
+        <x:v>556962</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>38381</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>549286</x:v>
+        <x:v>503820</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38381</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
-      <x:c r="E103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>41083</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>503820</x:v>
+        <x:v>608096</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>608096</x:v>
+        <x:v>549286</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -7668,54 +7666,54 @@
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>556944</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -7725,170 +7723,170 @@
       <x:c r="R106" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>608077</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>531251</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>531259</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -7900,54 +7898,54 @@
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>556942</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -8057,57 +8055,57 @@
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>607859</x:v>
+        <x:v>515144</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -8117,57 +8115,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>515144</x:v>
+        <x:v>607859</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38815</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8774,333 +8772,333 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>556297</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38381</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>611245</x:v>
+        <x:v>493085</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>1174</x:v>
+        <x:v>38381</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>493085</x:v>
+        <x:v>498918</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>498918</x:v>
+        <x:v>547687</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>547687</x:v>
+        <x:v>611245</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>609166</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
@@ -9492,158 +9490,158 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>609588</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>40253</x:v>
+        <x:v>38381</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>583400</x:v>
+        <x:v>556857</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38381</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>41083</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>556857</x:v>
+        <x:v>583400</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -9683,75 +9681,75 @@
       <x:c r="T139" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>597238</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
@@ -9835,51 +9833,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>505960</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -10010,51 +10008,51 @@
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>573919</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
@@ -10069,51 +10067,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>606974</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -10474,57 +10472,57 @@
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>453825</x:v>
+        <x:v>603410</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>55</x:v>
@@ -10535,57 +10533,57 @@
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>554877</x:v>
+        <x:v>453825</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -10601,51 +10599,51 @@
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>603412</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>55</x:v>
@@ -10716,57 +10714,57 @@
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>603410</x:v>
+        <x:v>554877</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10839,51 +10837,51 @@
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>554876</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>124</x:v>
@@ -11361,51 +11359,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>556146</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -11548,275 +11546,275 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>602553</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>40193</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>609172</x:v>
+        <x:v>556169</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>556169</x:v>
+        <x:v>609172</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38815</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>41075</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>559221</x:v>
+        <x:v>578828</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38815</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>41075</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>578828</x:v>
+        <x:v>559221</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38815</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>