--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -611,59 +611,59 @@
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
-    <x:t>06/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
@@ -926,57 +926,57 @@
   <x:si>
     <x:t>Performance Business School - Antenne Sanary sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83110</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Banque</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention assurance, banque, finance : chargé de clientèle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
@@ -4451,114 +4451,114 @@
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>546808</x:v>
+        <x:v>602633</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>602633</x:v>
+        <x:v>546808</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
@@ -4567,114 +4567,114 @@
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>546811</x:v>
+        <x:v>546809</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>546809</x:v>
+        <x:v>602634</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4683,57 +4683,57 @@
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>602634</x:v>
+        <x:v>546811</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5379,51 +5379,51 @@
       <x:c r="K66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>523269</x:v>
+        <x:v>523270</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -5436,51 +5436,51 @@
       <x:c r="K67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>523270</x:v>
+        <x:v>523269</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
@@ -5549,51 +5549,51 @@
       <x:c r="K69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>586195</x:v>
+        <x:v>586196</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
@@ -5606,51 +5606,51 @@
       <x:c r="K70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>586196</x:v>
+        <x:v>586195</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5660,51 +5660,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>553381</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5719,51 +5719,51 @@
       <x:c r="J72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>609142</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5773,51 +5773,51 @@
       <x:c r="J73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>565260</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5832,51 +5832,51 @@
       <x:c r="J74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>609141</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6346,57 +6346,57 @@
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>550654</x:v>
+        <x:v>535318</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6405,57 +6405,57 @@
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>535318</x:v>
+        <x:v>550654</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -7654,162 +7654,162 @@
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>556944</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>129</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>531251</x:v>
+        <x:v>608077</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>608077</x:v>
+        <x:v>531251</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -8055,57 +8055,57 @@
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>607859</x:v>
+        <x:v>515144</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -8115,57 +8115,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>515144</x:v>
+        <x:v>607859</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38815</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -9352,51 +9352,51 @@
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>597232</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9824,51 +9824,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>505960</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9884,51 +9884,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>583406</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9945,51 +9945,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>607793</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10194,159 +10194,159 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>498156</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>39109</x:v>
+        <x:v>38381</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>602612</x:v>
+        <x:v>602596</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38381</x:v>
+        <x:v>39109</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>41083</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>602596</x:v>
+        <x:v>602612</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38381</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10533,57 +10533,57 @@
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>554877</x:v>
+        <x:v>453825</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -10593,57 +10593,57 @@
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>510590</x:v>
+        <x:v>603412</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>55</x:v>
@@ -10654,54 +10654,54 @@
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>453825</x:v>
+        <x:v>510590</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -10714,57 +10714,57 @@
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>603412</x:v>
+        <x:v>554877</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>