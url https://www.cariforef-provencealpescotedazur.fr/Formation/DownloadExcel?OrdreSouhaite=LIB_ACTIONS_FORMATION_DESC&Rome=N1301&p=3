--- v0 (2026-02-10)
+++ v1 (2026-02-11)
@@ -320,69 +320,69 @@
   <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
@@ -2203,267 +2203,266 @@
         <x:v>601319</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>605541</x:v>
+        <x:v>601320</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>601320</x:v>
+        <x:v>548991</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>548991</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>548993</x:v>
+        <x:v>605541</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -2715,141 +2714,141 @@
       <x:c r="R22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>557349</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R23" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="S23" s="0" t="n">
+        <x:v>613293</x:v>
+      </x:c>
+      <x:c r="T23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="U23" s="4" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>613293</x:v>
+        <x:v>616379</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -2973,51 +2972,51 @@
       <x:c r="L27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>613300</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -3144,51 +3143,51 @@
       <x:c r="M30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>557347</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -4046,114 +4045,114 @@
       <x:c r="K46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>579146</x:v>
+        <x:v>581824</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>581824</x:v>
+        <x:v>579146</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4269,117 +4268,117 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>602919</x:v>
+        <x:v>602921</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>602921</x:v>
+        <x:v>602919</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>24</x:v>
@@ -4674,60 +4673,60 @@
       <x:c r="I57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>523235</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35748</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -5020,51 +5019,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>581538</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36218</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5794,51 +5793,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>550751</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5851,51 +5850,51 @@
       <x:c r="J77" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>535043</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5910,51 +5909,51 @@
       <x:c r="J78" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>550749</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6083,51 +6082,51 @@
       <x:c r="J81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>535041</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
@@ -6142,51 +6141,51 @@
       <x:c r="J82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>535865</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -6199,51 +6198,51 @@
       <x:c r="J83" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>584707</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -6258,51 +6257,51 @@
       <x:c r="J84" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>614307</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38488</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -6312,51 +6311,51 @@
       <x:c r="J85" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31436</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>597396</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
@@ -7125,51 +7124,51 @@
       <x:c r="J99" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>575983</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35391</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
@@ -7295,51 +7294,51 @@
       <x:c r="J102" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>575982</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7468,51 +7467,51 @@
       <x:c r="I105" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>614636</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -7523,60 +7522,60 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>523170</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35148</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>121</x:v>
       </x:c>