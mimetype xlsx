--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -662,176 +662,182 @@
   <x:si>
     <x:t>M2i Scribtel - Scribtel Formation</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufip - Ufitech - Les Anglades</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplon.co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplon.co - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ensup Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>La Plateforme Alpes Maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
@@ -854,56 +860,50 @@
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>La Plateforme Alpes Maritimes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Technicien systèmes réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Administration système</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien systèmes réseaux et sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien datacenter</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Serveur et administration systèmes - gestion et sécurisation des infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
@@ -1199,65 +1199,65 @@
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2024 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Esimed</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
@@ -2021,68 +2021,68 @@
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>LP École libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ecole libre des métiers</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>LP École libre des métiers</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ceph Administration avancée</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours visualisation, conception d'outils décisionnels</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique</x:t>
@@ -2435,66 +2435,66 @@
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>05010</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
@@ -9307,267 +9307,267 @@
         <x:v>553577</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>607731</x:v>
+        <x:v>605581</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q117" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="Q117" s="4" t="s">
+      <x:c r="R117" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>611092</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q118" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="U118" s="16" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I119" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q119" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="Q119" s="4" t="s">
+      <x:c r="R119" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>500792</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="U119" s="4" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -9579,96 +9579,96 @@
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="U120" s="16" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
@@ -9698,158 +9698,158 @@
       <x:c r="M122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>605580</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I123" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q123" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>549514</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -9868,737 +9868,736 @@
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>598916</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>549515</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>552931</x:v>
+        <x:v>500794</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>500794</x:v>
+        <x:v>549515</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>614700</x:v>
+        <x:v>558745</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>605581</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>558745</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>544705</x:v>
+        <x:v>586506</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>31113</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="P133" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="R133" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="S133" s="0" t="n">
+        <x:v>588395</x:v>
+      </x:c>
+      <x:c r="T133" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="U133" s="4" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>588395</x:v>
+        <x:v>558368</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>558368</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>599724</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
@@ -10679,327 +10678,328 @@
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>608141</x:v>
+        <x:v>543577</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>601759</x:v>
+        <x:v>608141</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>31113</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>598115</x:v>
+        <x:v>601759</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>545465</x:v>
+        <x:v>598115</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>31113</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>598116</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11009,939 +11009,939 @@
       <x:c r="M145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>573182</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>581515</x:v>
+        <x:v>598116</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="Q147" s="4" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>587738</x:v>
+        <x:v>581515</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>571770</x:v>
+        <x:v>587738</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="U148" s="16" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>558396</x:v>
+        <x:v>571770</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>599725</x:v>
+        <x:v>558396</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>616380</x:v>
+        <x:v>599725</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="U151" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>616479</x:v>
+        <x:v>616380</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>545464</x:v>
+        <x:v>616479</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q154" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>599461</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>558379</x:v>
+        <x:v>599461</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>31113</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>554807</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>575993</x:v>
+        <x:v>554807</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>573846</x:v>
+        <x:v>575993</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="R159" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S159" s="0" t="n">
+        <x:v>573846</x:v>
+      </x:c>
+      <x:c r="T159" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="U159" s="4" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>573843</x:v>
+        <x:v>581511</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>543577</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -12072,51 +12072,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>509830</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12272,51 +12272,51 @@
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>600777</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
@@ -12627,51 +12627,51 @@
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>578375</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -13091,51 +13091,51 @@
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>596819</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
@@ -13180,125 +13180,125 @@
         <x:v>523237</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R186" s="14" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>531243</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R187" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>516303</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
@@ -14783,51 +14783,51 @@
       <x:c r="I214" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>592082</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
@@ -15010,51 +15010,51 @@
       <x:c r="I218" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
@@ -15067,51 +15067,51 @@
       <x:c r="I219" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
@@ -15189,167 +15189,167 @@
       <x:c r="K221" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>600221</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>542189</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="U222" s="16" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>542192</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>382</x:v>
@@ -15361,105 +15361,105 @@
       <x:c r="J224" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35273</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R225" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>474286</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
@@ -15474,51 +15474,51 @@
       <x:c r="J226" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>581344</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>29964</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -15758,54 +15758,54 @@
       <x:c r="I231" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R231" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>575558</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
@@ -16107,51 +16107,51 @@
       <x:c r="J237" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>574913</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
@@ -16673,51 +16673,51 @@
       <x:c r="I247" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
@@ -16884,51 +16884,51 @@
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>568723</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
@@ -16937,100 +16937,100 @@
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>568725</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>568726</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
@@ -17039,100 +17039,100 @@
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>568727</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>568721</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
@@ -17141,159 +17141,159 @@
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>568724</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>71701</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>566989</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>71701</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>566990</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>285</x:v>
@@ -17348,51 +17348,51 @@
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>601329</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
@@ -17567,51 +17567,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>614333</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -18327,175 +18327,175 @@
         <x:v>595754</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>592803</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>505179</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>505180</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>67</x:v>
@@ -18616,51 +18616,51 @@
       <x:c r="I283" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>497988</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
@@ -18675,51 +18675,51 @@
       <x:c r="I284" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>601247</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
@@ -18732,60 +18732,60 @@
       <x:c r="I285" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>589898</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
@@ -18827,78 +18827,78 @@
       <x:c r="U286" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R287" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -18906,51 +18906,51 @@
       <x:c r="G288" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>556597</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
@@ -18960,51 +18960,51 @@
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>597153</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
@@ -19049,138 +19049,138 @@
       <x:c r="S290" s="14" t="n">
         <x:v>572378</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I291" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q291" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="Q291" s="4" t="s">
+      <x:c r="R291" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q292" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="Q292" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -20012,51 +20012,51 @@
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>576619</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
@@ -20317,51 +20317,51 @@
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>576618</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
@@ -20610,701 +20610,701 @@
       <x:c r="R319" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>584952</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>581523</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>587048</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>587051</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>587053</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>581518</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>587050</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>587046</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>587058</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>587054</x:v>
+        <x:v>612078</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>587055</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>612078</x:v>
+        <x:v>587055</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>581520</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>581522</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>37</x:v>
@@ -21424,51 +21424,51 @@
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>34999</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>548</x:v>
@@ -21621,51 +21621,51 @@
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>605312</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
@@ -21674,100 +21674,100 @@
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>605331</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>611741</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
@@ -21776,100 +21776,100 @@
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>611739</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>611746</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
@@ -21878,51 +21878,51 @@
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>542271</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
@@ -21983,51 +21983,51 @@
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>510084</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
@@ -22247,393 +22247,393 @@
         <x:v>588537</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>611843</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R352" s="14" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>611845</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>611846</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>611787</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>611848</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>611790</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>517855</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
@@ -22761,51 +22761,51 @@
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>614329</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
@@ -22880,75 +22880,75 @@
         <x:v>597</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>615182</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R363" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
@@ -24535,51 +24535,51 @@
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>608603</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
@@ -25005,57 +25005,57 @@
       <x:c r="K401" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>558640</x:v>
+        <x:v>608109</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>49</x:v>
@@ -25066,57 +25066,57 @@
       <x:c r="K402" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>608109</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -25147,294 +25147,294 @@
       <x:c r="T403" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>596939</x:v>
+        <x:v>596941</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>596940</x:v>
+        <x:v>596939</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="Q406" s="16" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="R406" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="Q406" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>596941</x:v>
+        <x:v>596940</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>608221</x:v>
+        <x:v>608220</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>608220</x:v>
+        <x:v>608221</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>35402</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -26215,51 +26215,51 @@
       <x:c r="M422" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>603429</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -26462,75 +26462,75 @@
       <x:c r="S426" s="14" t="n">
         <x:v>454246</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>595878</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
@@ -26559,51 +26559,51 @@
       <x:c r="M428" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>556125</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
@@ -27548,313 +27548,313 @@
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>509806</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>598399</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="I447" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>588471</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>598486</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="I449" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>598487</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>588473</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -28063,78 +28063,78 @@
       <x:c r="T454" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R455" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>546837</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -28276,51 +28276,51 @@
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>608581</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -28395,51 +28395,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>514139</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -28452,51 +28452,51 @@
       <x:c r="M461" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>514140</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
@@ -28529,75 +28529,75 @@
       <x:c r="S462" s="14" t="n">
         <x:v>554385</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>552913</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
@@ -29125,78 +29125,78 @@
       <x:c r="U472" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R473" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -29296,55 +29296,55 @@
         <x:v>549734</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -29533,79 +29533,79 @@
         <x:v>600666</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q480" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>549018</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
@@ -29627,101 +29627,101 @@
       <x:c r="L481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>502370</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
@@ -29884,2087 +29884,2089 @@
         <x:v>515227</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>552919</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>605053</x:v>
+        <x:v>605566</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>503861</x:v>
+        <x:v>605053</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>614344</x:v>
+        <x:v>503861</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>605525</x:v>
+        <x:v>614344</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>511096</x:v>
+        <x:v>605525</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>739</x:v>
-[...1 lines deleted...]
-      <x:c r="H492" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H492" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>502702</x:v>
+        <x:v>511096</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>499876</x:v>
+        <x:v>502702</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>507181</x:v>
+        <x:v>499876</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>552108</x:v>
+        <x:v>507181</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>602082</x:v>
+        <x:v>552108</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-        <x:v>173</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>549356</x:v>
+        <x:v>602082</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>607856</x:v>
+        <x:v>549356</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="H499" s="0" t="s">
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>603560</x:v>
+        <x:v>607856</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>507182</x:v>
+        <x:v>603560</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>507183</x:v>
+        <x:v>507182</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>497033</x:v>
+        <x:v>507183</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>497035</x:v>
+        <x:v>497033</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>499454</x:v>
+        <x:v>497035</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>601936</x:v>
+        <x:v>499454</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>549238</x:v>
+        <x:v>601936</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>607801</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>608013</x:v>
+        <x:v>550690</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="H509" s="0" t="s">
+        <x:v>701</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>614603</x:v>
+        <x:v>557621</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>497034</x:v>
+        <x:v>498535</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H511" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>550690</x:v>
+        <x:v>607801</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>736</x:v>
-[...1 lines deleted...]
-      <x:c r="H512" s="14" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H512" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>502371</x:v>
+        <x:v>608013</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>546522</x:v>
+        <x:v>614603</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>507234</x:v>
+        <x:v>497034</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>600661</x:v>
+        <x:v>502371</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>600662</x:v>
+        <x:v>507234</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>515619</x:v>
+        <x:v>546522</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>700</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>557621</x:v>
+        <x:v>600661</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>498535</x:v>
+        <x:v>600662</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>605566</x:v>
+        <x:v>515619</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>37</x:v>
@@ -32541,192 +32543,193 @@
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>595556</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>588315</x:v>
+        <x:v>606157</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>606157</x:v>
+        <x:v>588315</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q534" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>544707</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
@@ -32823,75 +32826,75 @@
       <x:c r="S536" s="14" t="n">
         <x:v>595542</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>595546</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
@@ -32975,51 +32978,51 @@
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>518922</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>36</x:v>
@@ -33264,78 +33267,78 @@
       <x:c r="R544" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>611791</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I545" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q545" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>544699</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
@@ -33365,105 +33368,105 @@
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>590884</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>507531</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>26</x:v>
@@ -33486,1541 +33489,1547 @@
       <x:c r="R548" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>538411</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I549" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q549" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>497070</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>598484</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I551" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q551" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>599419</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>588472</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="I553" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>588470</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>598485</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>503860</x:v>
+        <x:v>607666</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="H556" s="14" t="s"/>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="H556" s="14" t="s">
+        <x:v>548</x:v>
+      </x:c>
       <x:c r="I556" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>549510</x:v>
+        <x:v>558867</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>552585</x:v>
+        <x:v>550682</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>744</x:v>
-[...1 lines deleted...]
-      <x:c r="H558" s="14" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="I558" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>499873</x:v>
+        <x:v>504710</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>507185</x:v>
+        <x:v>546712</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="R560" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="S560" s="14" t="n">
+        <x:v>601935</x:v>
+      </x:c>
+      <x:c r="T560" s="16" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="U560" s="16" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>608275</x:v>
+        <x:v>552918</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>603559</x:v>
+        <x:v>502701</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>603638</x:v>
+        <x:v>552585</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>703</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>514137</x:v>
+        <x:v>499873</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>515618</x:v>
+        <x:v>507185</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>552918</x:v>
+        <x:v>552107</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H567" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>502701</x:v>
+        <x:v>608275</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>504710</x:v>
+        <x:v>603559</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>550682</x:v>
+        <x:v>603638</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>547</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>546712</x:v>
+        <x:v>514137</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>601935</x:v>
+        <x:v>515618</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I572" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>549126</x:v>
+        <x:v>607711</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="H573" s="0" t="s">
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>507186</x:v>
+        <x:v>549126</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>588358</x:v>
+        <x:v>554383</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>727</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -35106,502 +35115,498 @@
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>598912</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>552569</x:v>
+        <x:v>507186</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>477</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>607711</x:v>
+        <x:v>588358</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>790</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>554383</x:v>
+        <x:v>552569</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>605524</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="E581" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>495523</x:v>
+        <x:v>503860</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>547</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>558867</x:v>
+        <x:v>549510</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>607666</x:v>
+        <x:v>495523</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>502398</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
@@ -35649,78 +35654,78 @@
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R586" s="14" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>509531</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -35792,51 +35797,51 @@
       <x:c r="J588" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>603639</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -36027,51 +36032,51 @@
       <x:c r="J592" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>549511</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -36271,51 +36276,51 @@
       <x:c r="M596" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>608580</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -36429,51 +36434,51 @@
       <x:c r="G599" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>549512</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
@@ -36524,84 +36529,84 @@
       <x:c r="T600" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R601" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>546764</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s">
         <x:v>548</x:v>
@@ -36697,76 +36702,76 @@
         <x:v>547580</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>552912</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
@@ -36794,107 +36799,107 @@
       <x:c r="M605" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>514138</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q606" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>498534</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
@@ -36957,114 +36962,114 @@
       <x:c r="I608" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>546521</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R609" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>556629</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -37108,78 +37113,78 @@
       <x:c r="S610" s="14" t="n">
         <x:v>549227</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I611" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q611" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>549013</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
@@ -37226,75 +37231,75 @@
       <x:c r="S612" s="14" t="n">
         <x:v>545167</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="I613" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>614310</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
@@ -37587,75 +37592,75 @@
       <x:c r="T618" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>502397</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
@@ -37729,57 +37734,57 @@
       <x:c r="H621" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q621" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="Q621" s="4" t="s">
+      <x:c r="R621" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>503933</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -37919,54 +37924,54 @@
       <x:c r="L624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>557041</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -38038,105 +38043,105 @@
       <x:c r="L626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>507233</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q627" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="Q627" s="4" t="s">
+      <x:c r="R627" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>549232</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -38207,51 +38212,51 @@
       <x:c r="H629" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>602758</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
@@ -38361,75 +38366,75 @@
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>507184</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
@@ -38503,57 +38508,57 @@
       <x:c r="H634" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q634" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="Q634" s="16" t="s">
+      <x:c r="R634" s="14" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>600901</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -38748,108 +38753,108 @@
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>595882</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>531255</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>26</x:v>
@@ -38983,140 +38988,140 @@
       <x:c r="R642" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>595883</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I643" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q643" s="4" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>544706</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>556958</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
@@ -39140,96 +39145,96 @@
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>611774</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I646" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>608137</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
@@ -39323,132 +39328,132 @@
       <x:c r="S648" s="14" t="n">
         <x:v>595888</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R649" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>616025</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q650" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>544704</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
@@ -39631,65 +39636,65 @@
       <x:c r="J654" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>556960</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>37</x:v>
@@ -39711,79 +39716,79 @@
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>555188</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q656" s="16" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>544700</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
@@ -39799,51 +39804,51 @@
       <x:c r="J657" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>608138</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
@@ -39870,389 +39875,389 @@
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>595885</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H659" s="0" t="s">
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
-        <x:v>595884</x:v>
+        <x:v>588314</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
-        <x:v>292</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>595887</x:v>
+        <x:v>497069</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>497069</x:v>
+        <x:v>595884</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s"/>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
-        <x:v>531265</x:v>
+        <x:v>595887</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="G663" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
-        <x:v>588314</x:v>
+        <x:v>538405</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="H664" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H664" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I664" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>538405</x:v>
+        <x:v>531265</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="G665" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>37</x:v>
@@ -40508,51 +40513,51 @@
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C670" s="15" t="s"/>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="G670" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I670" s="16" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s"/>
       <x:c r="K670" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>583890</x:v>
       </x:c>
@@ -40572,162 +40577,162 @@
       </x:c>
       <x:c r="C671" s="3" t="s"/>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>523223</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C672" s="15" t="s"/>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R672" s="14" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C673" s="3" t="s"/>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R673" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>41238</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
@@ -40862,88 +40867,88 @@
       <x:c r="M676" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>24293</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>599305</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C677" s="3" t="s"/>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>592198</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
@@ -41010,51 +41015,51 @@
       <x:c r="L679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>599357</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s"/>
       <x:c r="K680" s="14" t="s">
@@ -41115,458 +41120,458 @@
       <x:c r="M681" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>599358</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C682" s="15" t="s"/>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="F682" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="G682" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s"/>
       <x:c r="K682" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>608213</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C683" s="3" t="s"/>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>611208</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C684" s="15" t="s"/>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I684" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s"/>
       <x:c r="K684" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>611205</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C685" s="3" t="s"/>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
         <x:v>611204</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C686" s="15" t="s"/>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s"/>
       <x:c r="K686" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>611207</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C687" s="3" t="s"/>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="G687" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>611209</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C688" s="15" t="s"/>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s"/>
       <x:c r="K688" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>572255</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C689" s="3" t="s"/>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
@@ -41604,51 +41609,51 @@
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>580622</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>36</x:v>
@@ -41661,51 +41666,51 @@
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>580623</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I692" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -41726,97 +41731,97 @@
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>615692</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>35093</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="E693" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>557039</x:v>
+        <x:v>549303</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
@@ -41825,289 +41830,289 @@
       <x:c r="K694" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>549303</x:v>
+        <x:v>600204</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="E695" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>600204</x:v>
+        <x:v>601236</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>35093</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
-        <x:v>853</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>601236</x:v>
+        <x:v>552565</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
-        <x:v>35093</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>552565</x:v>
+        <x:v>549291</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>35093</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
-        <x:v>853</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>549291</x:v>
+        <x:v>557039</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="E699" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -42352,51 +42357,51 @@
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C704" s="15" t="s"/>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s"/>
       <x:c r="K704" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>557983</x:v>
       </x:c>
@@ -42820,51 +42825,51 @@
       </x:c>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>460688</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
@@ -42887,51 +42892,51 @@
       <x:c r="M713" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>574568</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="C714" s="15" t="s"/>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I714" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s"/>
       <x:c r="K714" s="14" t="s">
         <x:v>25</x:v>