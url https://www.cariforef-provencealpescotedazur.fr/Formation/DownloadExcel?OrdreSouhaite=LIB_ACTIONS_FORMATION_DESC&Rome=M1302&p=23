--- v1 (2026-03-29)
+++ v2 (2026-03-29)
@@ -536,119 +536,119 @@
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2026 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>07/31/2027 00:00:00</x:t>
+    <x:t>Cfd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>Cfd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
@@ -656,236 +656,236 @@
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Skillence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Skillence</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel responsable de petite ou moyenne structure</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Airo</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
-    <x:t>Salarié , Tout public</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>11/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel responsable de petite ou moyenne structure (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
-[...11 lines deleted...]
-    <x:t>Titre professionnel responsable de petite ou moyenne structure (Contrat de Professionnalisation)</x:t>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INFREP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/06/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Jeune 16-25 ans , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
@@ -1502,158 +1502,158 @@
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement d'entreprise et commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
   </x:si>
   <x:si>
-    <x:t>Delta - Groupe Someform</x:t>
-[...5 lines deleted...]
-    <x:t>ARLES</x:t>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Exxecc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Exxecc</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Someform</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/17/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des hébergements touristiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
@@ -1730,59 +1730,59 @@
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Manager d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
   <x:si>
-    <x:t>09/17/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Manager d'affaires (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la création d'une entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Métiers de l'entrepreneuriat</x:t>
@@ -1913,59 +1913,59 @@
   <x:si>
     <x:t>Isara - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Formation des membres du CSE-CSSCT</x:t>
   </x:si>
   <x:si>
+    <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEFE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
-    <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom'Art</x:t>
   </x:si>
   <x:si>
     <x:t>Etre dans une posture managériale en entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Vikaria</x:t>
   </x:si>
   <x:si>
     <x:t>06640</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Entrepreneur de la TPE</x:t>
   </x:si>
   <x:si>
     <x:t>Couveuse Interface</x:t>
@@ -2135,59 +2135,59 @@
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme manager d'affaires internationales et de projets innovants</x:t>
   </x:si>
   <x:si>
     <x:t>Skema Business School - Antenne Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de gestion et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Management interculturel</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2023 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diagnostiqueur immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Formadiag</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Création et reprise d'entreprise (Ergothérapeute)</x:t>
   </x:si>
   <x:si>
     <x:t>Hestia Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Profession libérale , Salarié</x:t>
@@ -3338,56 +3338,56 @@
   <x:si>
     <x:t>Elégance - Ecole Gontard</x:t>
   </x:si>
   <x:si>
     <x:t>Académie de la Beauté</x:t>
   </x:si>
   <x:si>
     <x:t>Fb Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Le Rocher</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option B formation-marques</x:t>
   </x:si>
   <x:si>
+    <x:t>LP le Rocher</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Groupe Peyrefitte </x:t>
   </x:si>
   <x:si>
-    <x:t>LP le Rocher</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>École d'esthétique cosmétique et spa Gontard - Élégance Académies</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option A management (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus Beauté</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Magnan</x:t>
@@ -3419,69 +3419,69 @@
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Leau</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus Beauté - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option A management</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>École Terrade Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formabeauté</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Terrade Toulon</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Leau</x:t>
   </x:si>
   <x:si>
+    <x:t>École Terrade Salon-de-Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option A management (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>École Terrade Salon-de-Provence</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée A Camus</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>École Terrade Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Métiers de l'esthétique, de la cosmétique et de la parfumerie - Option A Management</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Commerciaux Clovis Hugues</x:t>
   </x:si>
   <x:si>
     <x:t>Coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Commerciaux Clovis Hugues - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
@@ -6263,561 +6263,562 @@
       <x:c r="S36" s="14" t="n">
         <x:v>599032</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>611175</x:v>
+        <x:v>552835</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>553456</x:v>
+        <x:v>549787</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>553461</x:v>
+        <x:v>557588</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>552835</x:v>
+        <x:v>611175</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>549787</x:v>
+        <x:v>553456</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>557588</x:v>
+        <x:v>553461</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>553779</x:v>
+        <x:v>549552</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U43" s="4" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q44" s="16" t="s">
+      <x:c r="R44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="R44" s="14" t="s">
+      <x:c r="S44" s="14" t="n">
+        <x:v>553779</x:v>
+      </x:c>
+      <x:c r="T44" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="S44" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>549552</x:v>
+        <x:v>552746</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>49</x:v>
@@ -6852,81 +6853,81 @@
       <x:c r="S46" s="14" t="n">
         <x:v>552893</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>546280</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7268,150 +7269,151 @@
         <x:v>602621</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>601388</x:v>
+        <x:v>557897</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>548184</x:v>
+        <x:v>601388</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -7420,1115 +7422,1115 @@
       <x:c r="K56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>600063</x:v>
+        <x:v>548184</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>623596</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>557897</x:v>
+        <x:v>600063</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>588119</x:v>
+        <x:v>613319</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>590143</x:v>
+        <x:v>613326</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>609486</x:v>
+        <x:v>613332</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>613318</x:v>
+        <x:v>583268</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>613320</x:v>
+        <x:v>583269</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>613329</x:v>
+        <x:v>609486</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>613334</x:v>
+        <x:v>613318</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="U65" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R66" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="S66" s="14" t="n">
+        <x:v>613320</x:v>
+      </x:c>
+      <x:c r="T66" s="16" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="S67" s="0" t="n">
+        <x:v>613329</x:v>
+      </x:c>
+      <x:c r="T67" s="4" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>617717</x:v>
+        <x:v>613334</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>574478</x:v>
+        <x:v>578853</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>613319</x:v>
+        <x:v>617717</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>613326</x:v>
+        <x:v>574478</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>613332</x:v>
+        <x:v>590143</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>583268</x:v>
+        <x:v>588119</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>583269</x:v>
+        <x:v>624932</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>613335</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -8568,51 +8570,51 @@
       <x:c r="U76" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>598715</x:v>
       </x:c>
@@ -8672,766 +8674,766 @@
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>587119</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S79" s="0" t="n">
+        <x:v>551735</x:v>
+      </x:c>
+      <x:c r="T79" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="S79" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>613321</x:v>
+        <x:v>588117</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>617719</x:v>
+        <x:v>581606</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>584369</x:v>
+        <x:v>613321</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>237</x:v>
-[...2 lines deleted...]
-        <x:v>238</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>551735</x:v>
+        <x:v>617719</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>240</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>588117</x:v>
+        <x:v>584369</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>613333</x:v>
+        <x:v>583660</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>621173</x:v>
+        <x:v>581452</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>584368</x:v>
+        <x:v>559249</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>581452</x:v>
+        <x:v>584368</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>251</x:v>
-[...2 lines deleted...]
-        <x:v>252</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q89" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R89" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="S89" s="0" t="n">
+        <x:v>613333</x:v>
+      </x:c>
+      <x:c r="T89" s="4" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="U89" s="4" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>559249</x:v>
+        <x:v>621173</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>613762</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -9470,183 +9472,183 @@
       <x:c r="U92" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>617718</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>613328</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>621176</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
@@ -9670,51 +9672,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>586486</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -9754,78 +9756,78 @@
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>613327</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -9865,328 +9867,328 @@
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>584370</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>601976</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>601977</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>546958</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>583788</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35646</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
@@ -10386,72 +10388,72 @@
         <x:v>279</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>549602</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>587504</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
@@ -10539,254 +10541,254 @@
       <x:c r="R111" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>607368</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>587508</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>559216</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>578822</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>613742</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -10816,198 +10818,198 @@
       <x:c r="R116" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>608623</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>613732</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>559226</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>578831</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36867</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -11250,51 +11252,51 @@
       <x:c r="L124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>587781</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -11304,51 +11306,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>587780</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
@@ -11357,51 +11359,51 @@
       <x:c r="J126" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>558233</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -11414,51 +11416,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>617500</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
@@ -11473,51 +11475,51 @@
       <x:c r="J128" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>573293</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>330</x:v>
@@ -12512,51 +12514,51 @@
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>525450</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
@@ -12738,76 +12740,76 @@
         <x:v>597552</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>595537</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
@@ -14761,54 +14763,54 @@
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>553379</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37069</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -15132,378 +15134,378 @@
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>548734</x:v>
+        <x:v>513670</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>548733</x:v>
+        <x:v>548734</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>546969</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>608959</x:v>
+        <x:v>548733</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>547476</x:v>
+        <x:v>608959</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>513670</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -15515,51 +15517,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>553372</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -15572,170 +15574,170 @@
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>553374</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>553371</x:v>
+        <x:v>552219</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>518424</x:v>
+        <x:v>608956</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -15839,477 +15841,476 @@
       <x:c r="B206" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>608956</x:v>
+        <x:v>553371</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>478</x:v>
-[...2 lines deleted...]
-        <x:v>479</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>497637</x:v>
+        <x:v>518424</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>482</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>498181</x:v>
+        <x:v>497637</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>552219</x:v>
+        <x:v>498181</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>546791</x:v>
+        <x:v>548735</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>548735</x:v>
+        <x:v>546791</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>547477</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>566599</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -16525,91 +16526,91 @@
         <x:v>546067</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>548736</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
@@ -16782,146 +16783,146 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>553373</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>518423</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -16967,234 +16968,234 @@
       <x:c r="K225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>546236</x:v>
+        <x:v>499786</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>496</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>508</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>495334</x:v>
+        <x:v>546236</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>608960</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>507</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>499786</x:v>
+        <x:v>495334</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
@@ -17318,103 +17319,103 @@
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>611285</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38937</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>542081</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38937</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -18280,321 +18281,320 @@
         <x:v>608660</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>599055</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>599056</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>553</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>508</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="Q250" s="16" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="R250" s="14" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="S250" s="14" t="n">
+        <x:v>623615</x:v>
+      </x:c>
+      <x:c r="T250" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="Q250" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>507</x:v>
-[...2 lines deleted...]
-        <x:v>508</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>623615</x:v>
+        <x:v>607293</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>586726</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
@@ -18612,207 +18612,207 @@
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>592492</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>578168</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>613755</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>590333</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -19625,57 +19625,57 @@
       <x:c r="K271" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>600231</x:v>
+        <x:v>553079</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
@@ -19684,57 +19684,57 @@
       <x:c r="K272" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>553079</x:v>
+        <x:v>600231</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20324,78 +20324,78 @@
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>547216</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -20715,233 +20715,234 @@
       <x:c r="R290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>614427</x:v>
+        <x:v>599733</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>615</x:v>
-[...1 lines deleted...]
-      <x:c r="H292" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>599733</x:v>
+        <x:v>614427</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>588205</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>588204</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>621</x:v>
@@ -20952,81 +20953,81 @@
       <x:c r="L295" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>602550</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>35215</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>602791</x:v>
       </x:c>
@@ -21036,51 +21037,51 @@
       <x:c r="U296" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>35215</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>564817</x:v>
       </x:c>
@@ -21116,51 +21117,51 @@
       <x:c r="J298" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>497986</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>41040</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
@@ -21229,100 +21230,100 @@
       <x:c r="L300" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>598328</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>598918</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
@@ -21492,51 +21493,51 @@
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>608278</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38895</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
@@ -21654,57 +21655,57 @@
       <x:c r="J308" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>608276</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -21714,51 +21715,51 @@
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>608273</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
@@ -21773,51 +21774,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>598017</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>654</x:v>
       </x:c>
@@ -21887,51 +21888,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>608272</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -22117,51 +22118,51 @@
       <x:c r="M316" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>616847</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37614</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22249,134 +22250,134 @@
       <x:c r="T318" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>40552</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>617945</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>40552</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>608325</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>40981</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
@@ -22465,51 +22466,51 @@
       <x:c r="M322" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>590303</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36565</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22624,111 +22625,111 @@
       <x:c r="K325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32120</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>525437</x:v>
+        <x:v>504581</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>36324</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32120</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>504581</x:v>
+        <x:v>525437</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38036</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -22896,51 +22897,51 @@
         <x:v>292</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>624451</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>704</x:v>
@@ -23356,57 +23357,57 @@
       <x:c r="I339" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>547189</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
@@ -23464,100 +23465,100 @@
       <x:c r="L341" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>530470</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>614300</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>717</x:v>
@@ -23723,54 +23724,54 @@
       <x:c r="L346" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>530466</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>46</x:v>
@@ -23844,75 +23845,75 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>530472</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>538095</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
@@ -24032,51 +24033,51 @@
       <x:c r="M352" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>614743</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
@@ -24337,51 +24338,51 @@
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>590306</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>26</x:v>
@@ -24919,107 +24920,107 @@
       <x:c r="L369" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>590480</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>590484</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>39577</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -25073,109 +25074,109 @@
         <x:v>789</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>568189</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>568190</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
@@ -25184,100 +25185,100 @@
       <x:c r="M374" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>568183</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>568192</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
@@ -25286,100 +25287,100 @@
       <x:c r="M376" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>568187</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>568186</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
@@ -26730,75 +26731,75 @@
         <x:v>434</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>595987</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>595966</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
@@ -27496,76 +27497,76 @@
         <x:v>595046</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>595054</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>861</x:v>
@@ -28312,76 +28313,76 @@
         <x:v>595069</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>595076</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>896</x:v>
@@ -28464,72 +28465,72 @@
         <x:v>899</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>595081</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>595102</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
@@ -29280,75 +29281,75 @@
         <x:v>852</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>595023</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>595032</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>927</x:v>
       </x:c>
@@ -31320,75 +31321,75 @@
         <x:v>1008</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>595034</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>595040</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>1010</x:v>
       </x:c>
@@ -31862,51 +31863,51 @@
       <x:c r="J505" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>499366</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -32064,210 +32065,211 @@
       <x:c r="S508" s="14" t="n">
         <x:v>539168</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H509" s="0" t="s">
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>553360</x:v>
+        <x:v>506457</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>545</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>506457</x:v>
+        <x:v>553360</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>572389</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>45</x:v>
@@ -32280,51 +32282,51 @@
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>558100</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>1043</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>56</x:v>
@@ -32334,51 +32336,51 @@
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>558101</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>1043</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>45</x:v>
@@ -32494,51 +32496,51 @@
       <x:c r="L516" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>565300</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
@@ -32554,51 +32556,51 @@
       <x:c r="L517" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>453855</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>1048</x:v>
@@ -33857,51 +33859,51 @@
       <x:c r="L539" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>453825</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
         <x:v>1048</x:v>
@@ -33912,51 +33914,51 @@
       <x:c r="J540" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>602555</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34390,187 +34392,187 @@
       <x:c r="H548" s="14" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="I548" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>603412</x:v>
+        <x:v>556146</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>556146</x:v>
+        <x:v>603412</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="I550" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>1052</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>556169</x:v>
+        <x:v>603411</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
@@ -34632,66 +34634,66 @@
       <x:c r="H552" s="14" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="I552" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>603411</x:v>
+        <x:v>556169</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>41564</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -35140,54 +35142,54 @@
       <x:c r="I561" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>596723</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
@@ -35690,75 +35692,75 @@
       <x:c r="S570" s="14" t="n">
         <x:v>598921</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>607282</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
@@ -35980,76 +35982,76 @@
         <x:v>544991</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>495470</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
@@ -36246,289 +36248,289 @@
       <x:c r="K580" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>517314</x:v>
+        <x:v>599753</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>594</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="E581" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>607421</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>1083</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>1083</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>599753</x:v>
+        <x:v>498842</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>498842</x:v>
+        <x:v>601136</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>1068</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>1031</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>1068</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>1031</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>893</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>601136</x:v>
+        <x:v>517314</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>1072</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -36541,214 +36543,214 @@
       <x:c r="M585" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>554433</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>1070</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>1071</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>504799</x:v>
+        <x:v>601332</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>558034</x:v>
+        <x:v>504799</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>558919</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
@@ -36792,250 +36794,250 @@
         <x:v>546755</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>1074</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>1057</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>1074</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>1057</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>1051</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>601332</x:v>
+        <x:v>558034</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>544982</x:v>
+        <x:v>596924</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
-        <x:v>343</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>1089</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
-        <x:v>1089</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>596925</x:v>
+        <x:v>544982</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>596924</x:v>
+        <x:v>596925</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
@@ -37328,51 +37330,51 @@
       <x:c r="I599" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>609234</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
@@ -38007,78 +38009,78 @@
       <x:c r="T610" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>602320</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -38438,123 +38440,123 @@
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>1098</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>609231</x:v>
+        <x:v>554427</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>1093</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>1079</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>504797</x:v>
+        <x:v>549475</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
@@ -38611,298 +38613,298 @@
       <x:c r="G621" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>554427</x:v>
+        <x:v>609231</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>1087</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>549475</x:v>
+        <x:v>504797</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>607281</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>1082</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>1082</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>601410</x:v>
+        <x:v>506060</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>1077</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>506060</x:v>
+        <x:v>601410</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>1106</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
@@ -38935,152 +38937,151 @@
       <x:c r="S626" s="14" t="n">
         <x:v>506064</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>1107</x:v>
-[...2 lines deleted...]
-        <x:v>1108</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>547717</x:v>
+        <x:v>495467</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>1076</x:v>
-[...1 lines deleted...]
-      <x:c r="H628" s="14" t="s"/>
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="H628" s="14" t="s">
+        <x:v>1108</x:v>
+      </x:c>
       <x:c r="I628" s="16" t="s">
-        <x:v>1077</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>1103</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>1104</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>1105</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>554424</x:v>
+        <x:v>547717</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>1111</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>741</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="E629" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -39170,90 +39171,90 @@
       <x:c r="S630" s="14" t="n">
         <x:v>517313</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="E631" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>495467</x:v>
+        <x:v>554424</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
@@ -39268,51 +39269,51 @@
       <x:c r="M632" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>554425</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
@@ -39372,700 +39373,700 @@
         <x:v>1095</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>1095</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>499885</x:v>
+        <x:v>601605</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>558033</x:v>
+        <x:v>609233</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>1102</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>506056</x:v>
+        <x:v>554423</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>1057</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>601331</x:v>
+        <x:v>554426</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>1112</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>601605</x:v>
+        <x:v>499885</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>504522</x:v>
+        <x:v>608234</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>1103</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>1104</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>1105</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>609233</x:v>
+        <x:v>506068</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>1077</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>554423</x:v>
+        <x:v>558033</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>1087</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>1113</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>1076</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>1077</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>1094</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>554426</x:v>
+        <x:v>601331</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>1087</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>608234</x:v>
+        <x:v>504522</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>1094</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>506068</x:v>
+        <x:v>506056</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>612676</x:v>
+        <x:v>624549</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
@@ -40099,599 +40100,599 @@
       <x:c r="R646" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>616195</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>624549</x:v>
+        <x:v>596929</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>1116</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>596927</x:v>
+        <x:v>596932</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>495626</x:v>
+        <x:v>612676</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>596928</x:v>
+        <x:v>596927</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>596931</x:v>
+        <x:v>596928</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
-        <x:v>1119</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>1119</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>596930</x:v>
+        <x:v>596931</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>596933</x:v>
+        <x:v>495626</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
-        <x:v>1120</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>1120</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
-        <x:v>596929</x:v>
+        <x:v>596930</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
-        <x:v>596932</x:v>
+        <x:v>596933</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>1121</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>624547</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>32154</x:v>
@@ -40866,54 +40867,54 @@
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>624548</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>32154</x:v>
@@ -41217,78 +41218,78 @@
       <x:c r="S666" s="14" t="n">
         <x:v>491859</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>587944</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
@@ -41327,150 +41328,149 @@
       <x:c r="R668" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>554002</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
-        <x:v>1107</x:v>
-[...2 lines deleted...]
-        <x:v>1108</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>542317</x:v>
+        <x:v>564403</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>1110</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>1100</x:v>
-[...1 lines deleted...]
-      <x:c r="H670" s="14" t="s"/>
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="H670" s="14" t="s">
+        <x:v>1108</x:v>
+      </x:c>
       <x:c r="I670" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>1100</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>564403</x:v>
+        <x:v>542317</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>1087</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>1124</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -41562,384 +41562,384 @@
       <x:c r="S672" s="14" t="n">
         <x:v>556384</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>601409</x:v>
+        <x:v>506104</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>1076</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
-        <x:v>1077</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>1102</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>506115</x:v>
+        <x:v>601409</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="H675" s="0" t="s">
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
-        <x:v>517312</x:v>
+        <x:v>578859</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
-        <x:v>1076</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
-        <x:v>1077</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
-        <x:v>1103</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
-        <x:v>1104</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
-        <x:v>1105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
-        <x:v>506104</x:v>
+        <x:v>601623</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>1106</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="E677" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
-        <x:v>1130</x:v>
-[...2 lines deleted...]
-        <x:v>1131</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>1132</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>1132</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>578859</x:v>
+        <x:v>506115</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
-        <x:v>1095</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
-        <x:v>1112</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>601623</x:v>
+        <x:v>517312</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="E679" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -41996,123 +41996,123 @@
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
-        <x:v>1098</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>506109</x:v>
+        <x:v>554415</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>1106</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="E681" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
-        <x:v>1104</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>554415</x:v>
+        <x:v>554419</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
@@ -42121,57 +42121,57 @@
       <x:c r="K682" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>554419</x:v>
+        <x:v>506109</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>1087</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>1113</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="E683" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -42203,207 +42203,207 @@
         <x:v>495210</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>558135</x:v>
+        <x:v>609228</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>609228</x:v>
+        <x:v>609230</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>1093</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>1079</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>1076</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
-        <x:v>1077</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
-        <x:v>1103</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
-        <x:v>1104</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
-        <x:v>1105</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>609230</x:v>
+        <x:v>558135</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -43119,51 +43119,51 @@
       <x:c r="M699" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
         <x:v>554418</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C700" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s"/>
       <x:c r="I700" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s">
@@ -43294,51 +43294,51 @@
       <x:c r="M702" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>554417</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="E703" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -43413,51 +43413,51 @@
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>595144</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>46</x:v>
@@ -43764,204 +43764,203 @@
       <x:c r="R710" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>495204</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>624530</x:v>
+        <x:v>595145</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
-        <x:v>343</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
-        <x:v>1135</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
-        <x:v>1140</x:v>
-[...1 lines deleted...]
-      <x:c r="H712" s="14" t="s"/>
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="H712" s="14" t="s">
+        <x:v>570</x:v>
+      </x:c>
       <x:c r="I712" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
-        <x:v>1140</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>595145</x:v>
+        <x:v>504173</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
-        <x:v>569</x:v>
-[...2 lines deleted...]
-        <x:v>570</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>504173</x:v>
+        <x:v>624530</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I714" s="16" t="s">
         <x:v>509</x:v>
@@ -43975,54 +43974,54 @@
       <x:c r="L714" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>500301</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="U714" s="16" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="E715" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
@@ -44035,51 +44034,51 @@
       <x:c r="L715" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>546217</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s">
         <x:v>89</x:v>
@@ -44150,51 +44149,51 @@
       <x:c r="J717" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>496988</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -44211,175 +44210,175 @@
       <x:c r="J718" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>501898</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="E719" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>553732</x:v>
+        <x:v>553294</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I720" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>553294</x:v>
+        <x:v>553732</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="E721" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -44438,135 +44437,135 @@
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I722" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
-        <x:v>605179</x:v>
+        <x:v>502205</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="E723" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
-        <x:v>502205</x:v>
+        <x:v>605179</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I724" s="16" t="s">
         <x:v>49</x:v>
@@ -44695,111 +44694,111 @@
       <x:c r="J726" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K726" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
         <x:v>547365</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D727" s="3" t="s"/>
       <x:c r="E727" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
         <x:v>552704</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="C728" s="15" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D728" s="15" t="s"/>
       <x:c r="E728" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -44991,60 +44990,60 @@
       <x:c r="H731" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
-        <x:v>1150</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
-        <x:v>501897</x:v>
+        <x:v>502136</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>36403</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
         <x:v>88</x:v>
@@ -45052,120 +45051,120 @@
       <x:c r="H732" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I732" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
-        <x:v>502136</x:v>
+        <x:v>501897</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="E733" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
-        <x:v>1150</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
-        <x:v>607526</x:v>
+        <x:v>604157</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>88</x:v>
@@ -45173,60 +45172,60 @@
       <x:c r="H734" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I734" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
-        <x:v>604157</x:v>
+        <x:v>607526</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="E735" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>1148</x:v>
       </x:c>
@@ -45239,60 +45238,60 @@
       <x:c r="J735" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>597719</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I736" s="16" t="s">
         <x:v>49</x:v>
@@ -45421,51 +45420,51 @@
       <x:c r="J738" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
         <x:v>501896</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
       <x:c r="E739" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -45537,51 +45536,51 @@
       <x:c r="J740" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K740" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
         <x:v>504767</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="E741" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -46144,159 +46143,159 @@
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
         <x:v>553195</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="E751" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>555004</x:v>
+        <x:v>504763</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
-        <x:v>1156</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C752" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
-        <x:v>1070</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s"/>
       <x:c r="I752" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K752" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
-        <x:v>1160</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
-        <x:v>504763</x:v>
+        <x:v>555004</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="C753" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="E753" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I753" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -46362,51 +46361,51 @@
       <x:c r="J754" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K754" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
         <x:v>572424</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="E755" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -46422,51 +46421,51 @@
       <x:c r="J755" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
         <x:v>552699</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="C756" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -46602,51 +46601,51 @@
       <x:c r="J758" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K758" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
         <x:v>552698</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="C759" s="3" t="n">
         <x:v>40920</x:v>
       </x:c>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="E759" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -46723,51 +46722,51 @@
       <x:c r="J760" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K760" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L760" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M760" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
         <x:v>607524</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="C761" s="3" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="E761" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -47645,51 +47644,51 @@
       <x:c r="M776" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N776" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O776" s="14" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="P776" s="14" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="Q776" s="16" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="R776" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="S776" s="14" t="n">
         <x:v>600796</x:v>
       </x:c>
       <x:c r="T776" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U776" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:21">
       <x:c r="A777" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="C777" s="3" t="s"/>
       <x:c r="D777" s="3" t="s"/>
       <x:c r="G777" s="0" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="I777" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K777" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L777" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M777" s="0" t="s">
         <x:v>46</x:v>