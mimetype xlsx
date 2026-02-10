--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -317,59 +317,59 @@
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module UE 5 du DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention management et administration des entreprises parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
@@ -677,200 +677,209 @@
   <x:si>
     <x:t>Master mention comptabilité - contrôle - audit parcours comptabilité, contrôle, audit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention comptabilité - contrôle - audit</x:t>
   </x:si>
   <x:si>
     <x:t>Manager financier et contrôleur de gestion (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse financière</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/11/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager expert qualité et performance des organisations d'économie sociale et solidaire BC1 Encadrer le Diagnostic qualité et stratégique d'une Organisation d'Economie Sociale et Solidaire</x:t>
   </x:si>
   <x:si>
     <x:t>Arobase Formations Provence</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Direction établissement médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations spécificité manager administratif et financier des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Responsabilité dirigeant</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
-[...32 lines deleted...]
-    <x:t>VITROLLES</x:t>
+    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
@@ -893,104 +902,95 @@
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/02/2022 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut supérieur du tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Sainte-Marie</x:t>
   </x:si>
   <x:si>
-    <x:t>08/02/2022 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager de la performance financière</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion performance</x:t>
   </x:si>
   <x:si>
     <x:t>Manager comptable et financier spécialisation conseil, audit et contrôle de gestion (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
@@ -1046,80 +1046,80 @@
   <x:si>
     <x:t>Le pilotage de l'entreprise : de la maîtrise des états financiers à la gestion opérationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion financière comptabilité</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/06/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Kedge programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE programme grande école</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation des membres du CSE-CSSCT</x:t>
@@ -1334,275 +1334,275 @@
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Moléra Formation - Yourformation.fr</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ESCG</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
-    <x:t>11/02/2026 00:00:00</x:t>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insecc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insecc - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...29 lines deleted...]
-    <x:t>09/30/2027 00:00:00</x:t>
+    <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marie Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Moléra Formation - Yourformation.fr</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Théodore Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>HECG</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2028 00:00:00</x:t>
-[...17 lines deleted...]
-    <x:t>07/15/2027 00:00:00</x:t>
+    <x:t>diplôme supérieur de comptabilité et de gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESCG Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>diplôme supérieur de comptabilité et de gestion</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
-    <x:t>ESCG Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
+    <x:t>11/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>11/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme manager d'affaires internationales et de projets innovants</x:t>
   </x:si>
   <x:si>
     <x:t>Skema Business School</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre la comptabilité afin de lire ses états financiers et clôturer ses comptes</x:t>
@@ -1610,68 +1610,68 @@
   <x:si>
     <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collaborateur en gestion comptable et financière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
-    <x:t>Économie</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re STMG sciences et technologies du management et de la gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Romane</x:t>
   </x:si>
   <x:si>
     <x:t>05202</x:t>
   </x:si>
   <x:si>
     <x:t>Embrun</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
@@ -1886,50 +1886,95 @@
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Genevoix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Rimbaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Daudet</x:t>
@@ -1961,150 +2006,105 @@
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Institution St J de Carnolès</x:t>
   </x:si>
   <x:si>
     <x:t>06190</x:t>
   </x:si>
   <x:si>
     <x:t>Institution St-Joseph Carnolès</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-CAP-MARTIN</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Paul Langevin</x:t>
-[...41 lines deleted...]
-    <x:t>AUBAGNE</x:t>
+    <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Aicard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional Jean D'Ormesson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAURENARD CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Marie France</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Cocteau</x:t>
   </x:si>
   <x:si>
     <x:t>13141</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>Lycée Marie France</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>ORT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
@@ -3814,57 +3814,57 @@
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>567430</x:v>
+        <x:v>567429</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -3873,57 +3873,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>567429</x:v>
+        <x:v>567430</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7549,51 +7549,51 @@
       <x:c r="K82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>602436</x:v>
+        <x:v>554356</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40252</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -7609,51 +7609,51 @@
       <x:c r="K83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>554356</x:v>
+        <x:v>602436</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40252</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>197</x:v>
@@ -7781,2140 +7781,2141 @@
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>613750</x:v>
+        <x:v>559237</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>559237</x:v>
+        <x:v>578841</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>578841</x:v>
+        <x:v>613750</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>598958</x:v>
+        <x:v>518424</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>553372</x:v>
+        <x:v>548733</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>220</x:v>
-[...2 lines deleted...]
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>546236</x:v>
+        <x:v>552219</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>518424</x:v>
+        <x:v>495334</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>548733</x:v>
+        <x:v>598958</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>552219</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="S95" s="0" t="n">
+        <x:v>546236</x:v>
+      </x:c>
+      <x:c r="T95" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="S95" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>546791</x:v>
+        <x:v>547152</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>548735</x:v>
+        <x:v>513670</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>499451</x:v>
+        <x:v>608960</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="Q99" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="Q99" s="4" t="s">
+      <x:c r="R99" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="R99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>608960</x:v>
+        <x:v>546791</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="Q100" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="Q100" s="16" t="s">
+      <x:c r="R100" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="R100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>513670</x:v>
+        <x:v>548735</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38825</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>13263</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>608649</x:v>
+        <x:v>499451</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>13263</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S102" s="14" t="n">
+        <x:v>608649</x:v>
+      </x:c>
+      <x:c r="T102" s="16" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="U102" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38825</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13263</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>546844</x:v>
+        <x:v>601486</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>257</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="R104" s="14" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="S104" s="14" t="n">
+        <x:v>546844</x:v>
+      </x:c>
+      <x:c r="T104" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="Q105" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>552224</x:v>
+        <x:v>546969</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>546067</x:v>
+        <x:v>552224</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q107" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R107" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="Q107" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>547476</x:v>
+        <x:v>546067</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>608956</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>566599</x:v>
+        <x:v>608956</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>602649</x:v>
+        <x:v>566599</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>602650</x:v>
+        <x:v>602649</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>518423</x:v>
+        <x:v>602650</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>548736</x:v>
+        <x:v>518423</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>553371</x:v>
+        <x:v>548736</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>553373</x:v>
+        <x:v>553371</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>547477</x:v>
+        <x:v>553373</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>608957</x:v>
+        <x:v>547477</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>498181</x:v>
+        <x:v>608957</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>547152</x:v>
+        <x:v>498181</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>499786</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>608959</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>497637</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -9955,264 +9956,264 @@
         <x:v>608648</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>548734</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>553374</x:v>
+        <x:v>497626</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>602093</x:v>
+        <x:v>553374</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>497626</x:v>
+        <x:v>602093</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -10282,99 +10283,99 @@
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>521700</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>590178</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10465,201 +10466,201 @@
       <x:c r="R132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>559236</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>611285</x:v>
+        <x:v>432346</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="R134" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="S134" s="14" t="n">
+        <x:v>611285</x:v>
+      </x:c>
+      <x:c r="T134" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="U134" s="16" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>432346</x:v>
+        <x:v>596332</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39763</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -11589,51 +11590,51 @@
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>575016</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>319</x:v>
@@ -11703,54 +11704,54 @@
       <x:c r="K154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>553081</x:v>
+        <x:v>600232</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -11760,54 +11761,54 @@
       <x:c r="K155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>600232</x:v>
+        <x:v>553081</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
@@ -11879,54 +11880,54 @@
       <x:c r="L157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>600230</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
@@ -11998,102 +11999,102 @@
       <x:c r="M159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>553079</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>589591</x:v>
+        <x:v>589590</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -12103,51 +12104,51 @@
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>589590</x:v>
+        <x:v>589591</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
@@ -12274,54 +12275,54 @@
       <x:c r="L164" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>525432</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12331,51 +12332,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>477934</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -12385,51 +12386,51 @@
       <x:c r="L166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>589592</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -12442,51 +12443,51 @@
       <x:c r="M167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>525429</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -12496,51 +12497,51 @@
       <x:c r="L168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>525431</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -12607,51 +12608,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>589588</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -12998,57 +12999,57 @@
       <x:c r="K177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>546325</x:v>
+        <x:v>600149</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
@@ -13057,57 +13058,57 @@
       <x:c r="K178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>600149</x:v>
+        <x:v>546325</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -13406,51 +13407,51 @@
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>608666</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36596</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13931,51 +13932,51 @@
       <x:c r="M193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>497986</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>41040</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -14326,51 +14327,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>571997</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -14383,54 +14384,54 @@
       <x:c r="L201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>571999</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -14613,51 +14614,51 @@
       <x:c r="L205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>587414</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
@@ -14788,54 +14789,54 @@
       <x:c r="L208" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>554013</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -14845,51 +14846,51 @@
       <x:c r="L209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>507607</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
@@ -14955,225 +14956,225 @@
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>571993</x:v>
+        <x:v>542490</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>542490</x:v>
+        <x:v>587408</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>587408</x:v>
+        <x:v>587410</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>587410</x:v>
+        <x:v>571993</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>41035</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -15242,51 +15243,51 @@
       <x:c r="M216" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>461255</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -15299,51 +15300,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>461253</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -15358,51 +15359,51 @@
       <x:c r="M218" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>461250</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -15415,909 +15416,909 @@
       <x:c r="M219" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>577591</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>552113</x:v>
+        <x:v>601993</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>461246</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>461248</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>461244</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>461242</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>461234</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>461236</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>461228</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>461224</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>461229</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>461225</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>461222</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>461218</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>577590</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>495248</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
@@ -16333,3507 +16334,3510 @@
       <x:c r="H235" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>608203</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>437</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="Q236" s="16" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="R236" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="Q236" s="16" t="s">
+      <x:c r="S236" s="14" t="n">
+        <x:v>603680</x:v>
+      </x:c>
+      <x:c r="T236" s="16" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>602089</x:v>
+        <x:v>609597</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>444</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>448</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>603680</x:v>
+        <x:v>503872</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>447</x:v>
-[...2 lines deleted...]
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>503872</x:v>
+        <x:v>607159</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>609443</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>607159</x:v>
+        <x:v>552113</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>434</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>600252</x:v>
+        <x:v>602089</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>607160</x:v>
+        <x:v>508758</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>233</x:v>
-[...1 lines deleted...]
-      <x:c r="H244" s="14" t="s"/>
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
+        <x:v>443</x:v>
+      </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>601816</x:v>
+        <x:v>557180</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>398</x:v>
-[...2 lines deleted...]
-        <x:v>399</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>547738</x:v>
+        <x:v>554234</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>549368</x:v>
+        <x:v>559042</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>41855</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>398</x:v>
-[...2 lines deleted...]
-        <x:v>399</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>616776</x:v>
+        <x:v>601756</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>459</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>548548</x:v>
+        <x:v>547171</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>601756</x:v>
+        <x:v>601817</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>463</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>436</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>547171</x:v>
+        <x:v>600252</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>601817</x:v>
+        <x:v>607160</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>437</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="R252" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="S252" s="14" t="n">
+        <x:v>601816</x:v>
+      </x:c>
+      <x:c r="T252" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="R252" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>554234</x:v>
+        <x:v>547738</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>508758</x:v>
+        <x:v>549368</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>41855</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>559042</x:v>
+        <x:v>616776</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>394</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>462</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>494817</x:v>
+        <x:v>548548</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>437</x:v>
-[...2 lines deleted...]
-        <x:v>438</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>609596</x:v>
+        <x:v>494817</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>499731</x:v>
+        <x:v>609596</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>554236</x:v>
+        <x:v>499731</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>469</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>509420</x:v>
+        <x:v>554236</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="I261" s="4" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="Q261" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="Q261" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>602197</x:v>
+        <x:v>509420</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>233</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>462</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>552213</x:v>
+        <x:v>602197</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>434</x:v>
-[...2 lines deleted...]
-        <x:v>435</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>545639</x:v>
+        <x:v>552213</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>516442</x:v>
+        <x:v>545639</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>500538</x:v>
+        <x:v>516442</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>557179</x:v>
+        <x:v>500538</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>599153</x:v>
+        <x:v>557179</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>394</x:v>
-[...1 lines deleted...]
-      <x:c r="H268" s="14" t="s"/>
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s">
+        <x:v>470</x:v>
+      </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>547838</x:v>
+        <x:v>599153</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>434</x:v>
-[...2 lines deleted...]
-        <x:v>435</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>609442</x:v>
+        <x:v>547838</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>504723</x:v>
+        <x:v>609442</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>604609</x:v>
+        <x:v>504723</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>434</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>545634</x:v>
+        <x:v>604609</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>601993</x:v>
+        <x:v>545634</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>552218</x:v>
+        <x:v>550573</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>602090</x:v>
+        <x:v>546855</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>498512</x:v>
+        <x:v>547172</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>546499</x:v>
+        <x:v>549260</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>495333</x:v>
+        <x:v>607967</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>599154</x:v>
+        <x:v>614708</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>412</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="Q280" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="Q280" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>608022</x:v>
+        <x:v>501440</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>614708</x:v>
+        <x:v>558877</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>501440</x:v>
+        <x:v>495332</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>558877</x:v>
+        <x:v>608022</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>495332</x:v>
+        <x:v>552218</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>550573</x:v>
+        <x:v>602090</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>546855</x:v>
+        <x:v>546499</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>547172</x:v>
+        <x:v>498512</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>447</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>549260</x:v>
+        <x:v>495333</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>607967</x:v>
+        <x:v>599154</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>412</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>461215</x:v>
+        <x:v>594987</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>594982</x:v>
+        <x:v>461215</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>594987</x:v>
+        <x:v>594982</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>588354</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>59</x:v>
@@ -19846,51 +19850,51 @@
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>594986</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>32043</x:v>
@@ -19900,51 +19904,51 @@
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>594981</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>59</x:v>
@@ -19957,51 +19961,51 @@
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>594984</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>59</x:v>
@@ -20011,227 +20015,226 @@
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>613041</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>493</x:v>
-[...1 lines deleted...]
-      <x:c r="H298" s="14" t="s"/>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s">
+        <x:v>413</x:v>
+      </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="Q298" s="16" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="R298" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="S298" s="14" t="n">
+        <x:v>578132</x:v>
+      </x:c>
+      <x:c r="T298" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="Q298" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>412</x:v>
-[...2 lines deleted...]
-        <x:v>413</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>578133</x:v>
+        <x:v>594985</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>578132</x:v>
+        <x:v>578133</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>59</x:v>
@@ -20244,51 +20247,51 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>584140</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>59</x:v>
@@ -20301,85 +20304,85 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>594980</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>594983</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>36565</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
@@ -20420,75 +20423,75 @@
         <x:v>502</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>538239</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>612192</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38520</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20668,150 +20671,150 @@
       <x:c r="I309" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>595633</x:v>
+        <x:v>595634</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>595634</x:v>
+        <x:v>595633</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>595632</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
@@ -22124,76 +22127,76 @@
         <x:v>595031</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>595032</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>587</x:v>
@@ -22560,916 +22563,916 @@
       <x:c r="K346" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>595085</x:v>
+        <x:v>595072</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>595088</x:v>
+        <x:v>595073</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>595093</x:v>
+        <x:v>595076</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>595103</x:v>
+        <x:v>595086</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>595014</x:v>
+        <x:v>595094</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>595024</x:v>
+        <x:v>595104</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>595035</x:v>
+        <x:v>595085</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>595038</x:v>
+        <x:v>595088</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>595045</x:v>
+        <x:v>595093</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>595054</x:v>
+        <x:v>595103</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>595060</x:v>
+        <x:v>595014</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>595066</x:v>
+        <x:v>595024</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>595072</x:v>
+        <x:v>595035</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>595073</x:v>
+        <x:v>595038</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>595076</x:v>
+        <x:v>595045</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>595086</x:v>
+        <x:v>595054</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>595094</x:v>
+        <x:v>595060</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="I363" s="4" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="Q363" s="4" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>595104</x:v>
+        <x:v>595066</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>646</x:v>
@@ -23478,505 +23481,505 @@
       <x:c r="K364" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>595015</x:v>
+        <x:v>595083</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>595034</x:v>
+        <x:v>595089</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="Q366" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="Q366" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>595041</x:v>
+        <x:v>595098</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>595051</x:v>
+        <x:v>595101</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>595063</x:v>
+        <x:v>595015</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>595083</x:v>
+        <x:v>595034</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>659</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>659</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>595089</x:v>
+        <x:v>595041</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>595098</x:v>
+        <x:v>595051</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="Q372" s="16" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="R372" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="Q372" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>595101</x:v>
+        <x:v>595063</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>595022</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
@@ -24214,72 +24217,72 @@
         <x:v>676</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>595046</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>595049</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
@@ -24520,72 +24523,72 @@
         <x:v>128</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>595039</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>595042</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
@@ -24776,73 +24779,73 @@
         <x:v>595084</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>595087</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>703</x:v>
@@ -24903,97 +24906,97 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>595099</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>595102</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
@@ -25286,76 +25289,76 @@
         <x:v>595030</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>595056</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>546</x:v>
@@ -25440,54 +25443,54 @@
       <x:c r="S402" s="14" t="n">
         <x:v>595070</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
@@ -25498,55 +25501,55 @@
         <x:v>499360</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
@@ -25556,81 +25559,81 @@
       <x:c r="S404" s="14" t="n">
         <x:v>499366</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>499363</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
@@ -25705,230 +25708,230 @@
       <x:c r="J407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>506457</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>553360</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>572389</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>564526</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25955,88 +25958,88 @@
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>558100</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>565300</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26124,142 +26127,142 @@
       <x:c r="S414" s="14" t="n">
         <x:v>558084</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>546217</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>500301</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>753</x:v>