--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -2695,126 +2695,126 @@
       <x:c r="C28" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>575946</x:v>
+        <x:v>575947</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>575947</x:v>
+        <x:v>575946</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">