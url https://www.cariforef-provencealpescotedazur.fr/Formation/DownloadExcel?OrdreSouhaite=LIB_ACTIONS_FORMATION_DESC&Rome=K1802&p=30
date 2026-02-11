--- v0 (2026-02-10)
+++ v1 (2026-02-11)
@@ -8591,171 +8591,171 @@
         <x:v>133</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>592090</x:v>
+        <x:v>592091</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39294</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>592089</x:v>
+        <x:v>592090</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39294</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592091</x:v>
+        <x:v>592089</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -12117,57 +12117,57 @@
       <x:c r="K172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>549108</x:v>
+        <x:v>602743</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -12177,57 +12177,57 @@
       <x:c r="K173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>602743</x:v>
+        <x:v>549108</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -13663,159 +13663,160 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>526662</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>575970</x:v>
+        <x:v>596948</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>596948</x:v>
+        <x:v>575970</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">