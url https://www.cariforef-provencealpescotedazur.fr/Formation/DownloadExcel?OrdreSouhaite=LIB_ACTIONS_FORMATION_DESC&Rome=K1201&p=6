--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -9246,57 +9246,57 @@
       <x:c r="K121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>505659</x:v>
+        <x:v>607033</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -9305,57 +9305,57 @@
       <x:c r="K122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>607033</x:v>
+        <x:v>505659</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -11140,219 +11140,219 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>615924</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>41748</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>378</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>291</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>615919</x:v>
+        <x:v>529877</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>529877</x:v>
+        <x:v>578458</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>41748</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>578458</x:v>
+        <x:v>615919</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -16180,214 +16180,214 @@
         <x:v>499938</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>556792</x:v>
+        <x:v>608766</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>608766</x:v>
+        <x:v>607804</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>607804</x:v>
+        <x:v>556792</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>163</x:v>
       </x:c>