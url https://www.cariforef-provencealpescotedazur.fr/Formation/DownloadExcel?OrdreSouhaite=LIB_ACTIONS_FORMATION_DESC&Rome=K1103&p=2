--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -350,59 +350,59 @@
   <x:si>
     <x:t>Arche Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapie corporelle</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Technicien en Hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
@@ -590,65 +590,65 @@
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Sophro-analyse et mouvements oculaires</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sonothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Espace des possibles formations</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
@@ -1064,71 +1064,71 @@
   <x:si>
     <x:t>Professeur de Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Be Pilates - Aurélie Bidart</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Hatha Yoga</x:t>
   </x:si>
   <x:si>
+    <x:t>Laurence Merchet Thau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Laurence Merchet Thau</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Garuda Sling</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Apparatus A</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda Matwork Chaise</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des piliers de la santé et des techniques de pareeksha selon l’ayurvéda</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des fondamentaux de la Sophrologie</x:t>
@@ -1202,56 +1202,56 @@
   <x:si>
     <x:t>Art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien shiatsu prévention</x:t>
   </x:si>
   <x:si>
     <x:t>Sens en Eveil</x:t>
   </x:si>
   <x:si>
     <x:t>SEE</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/18/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien naturothérapie : conseiller en hygiène de vie</x:t>
   </x:si>
   <x:si>
     <x:t>Aesculape - Ecole Libre de Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturopathe : naturopathe</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturopathe : éducateur de santé</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
@@ -1352,80 +1352,80 @@
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Profession libérale , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sophrologie EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Marie-Hélène Reynaud Joanny</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie hygièniste</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
@@ -1550,197 +1550,197 @@
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en Art Thérapie</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
-[...11 lines deleted...]
-    <x:t>Praticien en Art Thérapie</x:t>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates pour seniors</x:t>
   </x:si>
   <x:si>
     <x:t>Prepa-Sports Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates - Utilisation du petit matériel</x:t>
   </x:si>
   <x:si>
+    <x:t>11/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Phytothérapie gemmothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophihe du yoga</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie</x:t>
   </x:si>
   <x:si>
+    <x:t>Iffcn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hippocratus</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Iffcn</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe holistique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Licencié pour motif économique , Public en emploi , Tout public</x:t>
@@ -1778,71 +1778,71 @@
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en danse-thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Module - Anatomie-Physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode Pilates Matwork continue</x:t>
   </x:si>
   <x:si>
+    <x:t>José Maria Alves de Carvalho - PilatesByDancers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Enseignant , Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Leaderfit</x:t>
   </x:si>
   <x:si>
     <x:t>37700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>José Maria Alves de Carvalho - PilatesByDancers</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Méthode Pilates - reformer</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médiateur artistique en relation d'aide</x:t>
   </x:si>
   <x:si>
     <x:t>Irfat</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - Cursus complet</x:t>
@@ -1976,59 +1976,59 @@
   <x:si>
     <x:t>Massage relaxant des jambes et des pieds</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Oriental</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage lomi lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Kobido</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>EGUILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
-    <x:t>EGUILLES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage enfant (de 2 à 12 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>Massage énergétique crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Deep Tissue - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Massage crânien indien Shirotchampi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Chinois - Tui Na bien-être - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Chi Nei Tsang</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
@@ -2126,293 +2126,293 @@
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bébé Shantala</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bébé</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Massage balinais</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvedique Abhyanga</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage Ayurvédique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage ayurvédique</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage Ayurvédique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Massage amma assis standard</x:t>
   </x:si>
   <x:si>
+    <x:t>Xavier Court - Ressources</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75017</x:t>
+  </x:si>
+  <x:si>
     <x:t>Xavier Court</x:t>
   </x:si>
   <x:si>
-    <x:t>75017</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Xavier Court - Ressources</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis pro</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
     <x:t>Magnétisme</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie visage et corps</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Madéro'fit</x:t>
   </x:si>
   <x:si>
     <x:t>Lithothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive adaptée</x:t>
   </x:si>
   <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Les massages du monde</x:t>
   </x:si>
   <x:si>
     <x:t>Les bases du massage bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Le protocole Zénith</x:t>
   </x:si>
   <x:si>
     <x:t>Kinésiologie</x:t>
   </x:si>
   <x:si>
     <x:t>La Cour du Bien Etre</x:t>
   </x:si>
   <x:si>
     <x:t>EKTC</x:t>
   </x:si>
   <x:si>
     <x:t>38000</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Surya Formations</x:t>
   </x:si>
   <x:si>
+    <x:t>06/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/23/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Iridologie intégrative</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction à l'herbalisme</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être</x:t>
   </x:si>
   <x:si>
+    <x:t>11/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>11/25/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Interagir avec le théâtre forum</x:t>
   </x:si>
   <x:si>
     <x:t>I et M Académie</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Scénothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>Instructeur Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Inductions hypnotiques rapides</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Evolution et Synergie</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
@@ -2588,57 +2588,57 @@
   <x:si>
     <x:t>03/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir kinésiologue</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Danse avec bébé</x:t>
   </x:si>
   <x:si>
     <x:t>Céline Grisoni</x:t>
   </x:si>
   <x:si>
     <x:t>A corps d'elles</x:t>
   </x:si>
   <x:si>
     <x:t>83660</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cursus complet d'herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
@@ -4220,54 +4220,54 @@
       <x:c r="J16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>545827</x:v>
+        <x:v>545825</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -4277,54 +4277,54 @@
       <x:c r="J17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>545825</x:v>
+        <x:v>545827</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>72</x:v>
@@ -4487,113 +4487,113 @@
       <x:c r="I21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>579942</x:v>
+        <x:v>579932</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>579932</x:v>
+        <x:v>579942</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
@@ -4954,51 +4954,51 @@
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>575157</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
@@ -5783,159 +5783,159 @@
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>598378</x:v>
+        <x:v>579208</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="U46" s="16" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>520789</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U47" s="4" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>579208</x:v>
+        <x:v>598378</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
@@ -6395,103 +6395,103 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>551397</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>551401</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>214</x:v>
@@ -6506,51 +6506,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>560332</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
@@ -6710,51 +6710,51 @@
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>602507</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
@@ -8504,214 +8504,214 @@
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>606678</x:v>
+        <x:v>580163</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>580163</x:v>
+        <x:v>606678</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>553917</x:v>
+        <x:v>569784</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>569784</x:v>
+        <x:v>553917</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
@@ -9072,106 +9072,106 @@
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>602498</x:v>
+        <x:v>602502</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>602502</x:v>
+        <x:v>602498</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
@@ -9590,109 +9590,109 @@
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>569902</x:v>
+        <x:v>569904</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="U120" s="16" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>569904</x:v>
+        <x:v>569902</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
@@ -10213,51 +10213,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>576876</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>40</x:v>
@@ -10265,51 +10265,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>576874</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>417</x:v>
@@ -10320,51 +10320,51 @@
       <x:c r="M134" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>576875</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>40</x:v>
@@ -10372,51 +10372,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>576879</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
@@ -10467,215 +10467,215 @@
       <x:c r="I137" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>601891</x:v>
+        <x:v>601894</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>601896</x:v>
+        <x:v>601897</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="S139" s="0" t="n">
+        <x:v>601891</x:v>
+      </x:c>
+      <x:c r="T139" s="4" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="U139" s="4" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>601897</x:v>
+        <x:v>601896</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
@@ -10727,106 +10727,106 @@
       <x:c r="K142" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>588195</x:v>
+        <x:v>616422</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>616422</x:v>
+        <x:v>588195</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
@@ -11695,107 +11695,107 @@
       <x:c r="I161" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>598451</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>598453</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
@@ -11806,95 +11806,95 @@
       <x:c r="M163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>616356</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>598447</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>426</x:v>
@@ -11952,60 +11952,60 @@
         <x:v>426</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>598448</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
@@ -12054,164 +12054,164 @@
         <x:v>426</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>598396</x:v>
+        <x:v>598448</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>598480</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>576872</x:v>
+        <x:v>572416</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
@@ -12231,1033 +12231,1032 @@
       <x:c r="R171" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>613248</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>488540</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="H174" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>575803</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>572416</x:v>
+        <x:v>488540</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>425</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>598478</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>422</x:v>
-[...2 lines deleted...]
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>570551</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>576870</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>572417</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>572418</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>612767</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>425</x:v>
-[...1 lines deleted...]
-      <x:c r="H182" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>598477</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>576869</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>611917</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>612768</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>490425</x:v>
+        <x:v>572417</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>576867</x:v>
+        <x:v>572418</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>579510</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>586350</x:v>
+        <x:v>586347</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>586347</x:v>
+        <x:v>586350</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
@@ -13408,103 +13407,103 @@
         <x:v>86</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>86</x:v>
@@ -13766,110 +13765,110 @@
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>589567</x:v>
+        <x:v>616898</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>616898</x:v>
+        <x:v>589567</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
@@ -13920,219 +13919,219 @@
         <x:v>416</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>576862</x:v>
+        <x:v>576863</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>576863</x:v>
+        <x:v>576864</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>576864</x:v>
+        <x:v>576861</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>576861</x:v>
+        <x:v>576862</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
@@ -14216,690 +14215,690 @@
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>548357</x:v>
+        <x:v>572432</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>548727</x:v>
+        <x:v>548357</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>548367</x:v>
+        <x:v>548727</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>540642</x:v>
+        <x:v>548367</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>587282</x:v>
+        <x:v>540642</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>580115</x:v>
+        <x:v>587282</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>580114</x:v>
+        <x:v>580115</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>574024</x:v>
+        <x:v>597820</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>507977</x:v>
+        <x:v>586478</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>586478</x:v>
+        <x:v>580114</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>597820</x:v>
+        <x:v>574024</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>516079</x:v>
+        <x:v>507977</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>572432</x:v>
+        <x:v>516079</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>40</x:v>
@@ -14975,90 +14974,87 @@
         <x:v>545</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>521915</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>576857</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
@@ -15080,87 +15076,90 @@
         <x:v>554</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>520727</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>598476</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>417</x:v>
@@ -15171,458 +15170,457 @@
       <x:c r="M228" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>576859</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>598475</x:v>
+        <x:v>521160</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>553</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>521160</x:v>
+        <x:v>576856</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>576856</x:v>
+        <x:v>576860</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>576860</x:v>
+        <x:v>597743</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>597743</x:v>
+        <x:v>544176</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>544176</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>598474</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>367</x:v>
@@ -15741,191 +15739,191 @@
       <x:c r="M239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>576848</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>588091</x:v>
+        <x:v>499608</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="I241" s="4" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="Q241" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="Q241" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>499608</x:v>
+        <x:v>588091</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="U241" s="4" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>614360</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
@@ -15939,51 +15937,51 @@
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>549168</x:v>
+        <x:v>557816</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>396</x:v>
@@ -15992,51 +15990,51 @@
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>557816</x:v>
+        <x:v>549168</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>368</x:v>
@@ -16633,51 +16631,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>47</x:v>
@@ -16939,51 +16937,51 @@
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43019</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>611847</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
@@ -17489,363 +17487,363 @@
       <x:c r="I273" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>617155</x:v>
+        <x:v>615124</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>551161</x:v>
+        <x:v>617155</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>586743</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>600759</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>551163</x:v>
+        <x:v>600759</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>615124</x:v>
+        <x:v>551163</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>587347</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
@@ -17876,51 +17874,51 @@
         <x:v>577507</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>551184</x:v>
       </x:c>
@@ -18614,51 +18612,51 @@
       <x:c r="I295" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>614398</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -18944,191 +18942,191 @@
       <x:c r="R301" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>615228</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>577486</x:v>
+        <x:v>586749</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>586750</x:v>
+        <x:v>577486</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>586749</x:v>
+        <x:v>586750</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
@@ -19148,191 +19146,191 @@
       <x:c r="R305" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>589946</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>510287</x:v>
+        <x:v>551185</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>551185</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>510287</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
@@ -19964,747 +19962,747 @@
       <x:c r="R321" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>551194</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>510289</x:v>
+        <x:v>616985</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>578441</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="U323" s="4" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>616985</x:v>
+        <x:v>510289</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>688</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>552624</x:v>
+        <x:v>566786</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>552623</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>566786</x:v>
+        <x:v>552624</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>597611</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>566488</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>566489</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>552601</x:v>
+        <x:v>552595</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>552603</x:v>
+        <x:v>566490</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>552595</x:v>
+        <x:v>597610</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>566490</x:v>
+        <x:v>552601</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>597610</x:v>
+        <x:v>552603</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
@@ -20911,51 +20909,51 @@
         <x:v>426</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>579682</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>426</x:v>
@@ -21421,51 +21419,51 @@
         <x:v>426</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>598455</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>61</x:v>
@@ -21586,494 +21584,496 @@
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>598454</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>605</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>576262</x:v>
+        <x:v>595443</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>589848</x:v>
+        <x:v>576262</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>613</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>595439</x:v>
+        <x:v>589848</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>595440</x:v>
+        <x:v>595439</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>726</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>606653</x:v>
+        <x:v>595440</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>730</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
+      <x:c r="H359" s="0" t="s">
+        <x:v>732</x:v>
+      </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>595441</x:v>
+        <x:v>606653</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>616</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>616</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>595442</x:v>
+        <x:v>595441</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>595443</x:v>
+        <x:v>595442</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
@@ -22283,106 +22283,106 @@
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>557356</x:v>
+        <x:v>585888</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>585888</x:v>
+        <x:v>557356</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
@@ -22391,51 +22391,51 @@
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>579929</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
@@ -23045,51 +23045,51 @@
       <x:c r="M380" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>608390</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -23102,51 +23102,51 @@
       <x:c r="M381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>608388</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -23204,236 +23204,236 @@
       <x:c r="J383" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>546858</x:v>
+        <x:v>608296</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>755</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>762</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>546861</x:v>
+        <x:v>546858</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>608293</x:v>
+        <x:v>546861</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>608296</x:v>
+        <x:v>608293</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>765</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42032</x:v>
@@ -23501,84 +23501,84 @@
         <x:v>768</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>616424</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>614342</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>775</x:v>
       </x:c>
@@ -23690,216 +23690,216 @@
         <x:v>416</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>576837</x:v>
+        <x:v>576838</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>546527</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>576838</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>576839</x:v>
+        <x:v>546527</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>417</x:v>
@@ -23910,51 +23910,51 @@
       <x:c r="M396" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>576840</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
@@ -24417,51 +24417,51 @@
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>488932</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
@@ -24615,51 +24615,51 @@
         <x:v>426</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>598466</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>426</x:v>
@@ -24778,51 +24778,51 @@
       <x:c r="M413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>576833</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>417</x:v>
@@ -24833,51 +24833,51 @@
       <x:c r="M414" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>576836</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>40</x:v>
@@ -24885,51 +24885,51 @@
       <x:c r="M415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>576835</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>417</x:v>
@@ -24940,51 +24940,51 @@
       <x:c r="M416" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>576834</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
@@ -25250,51 +25250,51 @@
       <x:c r="M422" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>576826</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>40</x:v>
@@ -25302,51 +25302,51 @@
       <x:c r="M423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>576830</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>417</x:v>
@@ -25370,78 +25370,78 @@
         <x:v>416</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>617274</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>574195</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
@@ -25461,153 +25461,153 @@
       <x:c r="M426" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>576827</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>574194</x:v>
+        <x:v>581290</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>581290</x:v>
+        <x:v>574194</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>703</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>40</x:v>
@@ -25615,51 +25615,51 @@
       <x:c r="M429" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>576823</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
@@ -25810,51 +25810,51 @@
       <x:c r="I433" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>617273</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
@@ -25863,51 +25863,51 @@
         <x:v>426</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>587179</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>202</x:v>
@@ -25936,240 +25936,240 @@
       <x:c r="R435" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>546593</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>578935</x:v>
+        <x:v>570661</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>570661</x:v>
+        <x:v>578936</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>578936</x:v>
+        <x:v>546594</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>546594</x:v>
+        <x:v>578935</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>25</x:v>
@@ -26282,51 +26282,51 @@
       <x:c r="M442" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>14421</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>615177</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>637</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
@@ -26937,197 +26937,197 @@
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>616118</x:v>
+        <x:v>580292</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>580292</x:v>
+        <x:v>616118</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>571986</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>571065</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
@@ -27508,51 +27508,51 @@
       <x:c r="M466" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>611592</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>688</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>27</x:v>
@@ -27607,51 +27607,51 @@
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>574331</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>896</x:v>
@@ -27662,251 +27662,252 @@
       <x:c r="M469" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>558514</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>616440</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>598461</x:v>
+        <x:v>576808</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>576808</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>598460</x:v>
+        <x:v>598461</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>426</x:v>
@@ -28025,51 +28026,51 @@
       <x:c r="M476" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>576810</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>40</x:v>
@@ -28077,51 +28078,51 @@
       <x:c r="M477" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>576809</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>417</x:v>
@@ -28132,252 +28133,252 @@
       <x:c r="M478" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>576812</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>574190</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>900</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>574191</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>548353</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>574192</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
@@ -28451,84 +28452,84 @@
         <x:v>462</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>588185</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>548703</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
@@ -28589,51 +28590,51 @@
       <x:c r="M487" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>614509</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
@@ -28735,147 +28736,147 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>551191</x:v>
+        <x:v>551192</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>551192</x:v>
+        <x:v>551191</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>571066</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
@@ -28948,100 +28949,100 @@
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>577148</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>615211</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">