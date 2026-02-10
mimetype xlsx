--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -1034,84 +1034,84 @@
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFSI-IFAS) - site de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFSI-IFAS) - Site de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'accompagnant éducatif et social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement éducatif et social</x:t>
   </x:si>
   <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Toulon-Ollioules - Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Maurice Genevoix</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMF RIS</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
@@ -10598,323 +10598,321 @@
         <x:v>588001</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>556691</x:v>
+        <x:v>606987</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>611037</x:v>
+        <x:v>556691</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="R144" s="14" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="S144" s="14" t="n">
+        <x:v>611037</x:v>
+      </x:c>
+      <x:c r="T144" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="R144" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="T144" s="16" t="s">
+      <x:c r="U144" s="16" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>559106</x:v>
+        <x:v>607952</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>606987</x:v>
+        <x:v>559106</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -10936,51 +10934,51 @@
       <x:c r="M147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>599080</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -11055,51 +11053,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>599082</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
@@ -11220,111 +11218,111 @@
       <x:c r="H152" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>611038</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>550566</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
@@ -11585,54 +11583,54 @@
       <x:c r="L158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>605994</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -11760,51 +11758,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>604393</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
@@ -12059,51 +12057,51 @@
       <x:c r="M166" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>556690</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -12163,66 +12161,66 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>606989</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -12238,51 +12236,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>599081</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -12297,51 +12295,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>556694</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -12758,51 +12756,51 @@
       <x:c r="M178" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>578450</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -13633,51 +13631,51 @@
       <x:c r="L193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>575906</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G194" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -13756,54 +13754,54 @@
       <x:c r="L195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>543270</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>335</x:v>
@@ -14821,51 +14819,51 @@
       <x:c r="M213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>579207</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -15297,51 +15295,51 @@
       <x:c r="M221" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>571878</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -15413,54 +15411,54 @@
       <x:c r="L223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>543269</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>214</x:v>
@@ -15827,51 +15825,51 @@
       <x:c r="L230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>576253</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -15890,51 +15888,51 @@
       <x:c r="L231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>603440</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>379</x:v>
@@ -16126,51 +16124,51 @@
       <x:c r="M235" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>578448</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
@@ -16242,51 +16240,51 @@
       <x:c r="L237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>579206</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G238" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -16368,51 +16366,51 @@
       <x:c r="L239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>578488</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G240" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -16431,51 +16429,51 @@
       <x:c r="L240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>578489</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -16558,51 +16556,51 @@
       <x:c r="M242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>571880</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -16808,78 +16806,78 @@
       <x:c r="S246" s="14" t="n">
         <x:v>578398</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>548654</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
@@ -19608,51 +19606,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>547054</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19772,51 +19770,51 @@
       <x:c r="L299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>575570</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
@@ -19831,54 +19829,54 @@
       <x:c r="L300" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>575573</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20059,51 +20057,51 @@
       <x:c r="M304" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>547053</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20113,51 +20111,51 @@
       <x:c r="M305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>520341</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -20224,51 +20222,51 @@
       <x:c r="M307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>575996</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -20335,54 +20333,54 @@
       <x:c r="L309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>542838</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -20392,51 +20390,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>575572</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -20560,51 +20558,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>587254</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
@@ -20619,51 +20617,51 @@
       <x:c r="L314" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>580064</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -20787,51 +20785,51 @@
       <x:c r="L317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>564372</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -20847,51 +20845,51 @@
       <x:c r="M318" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>528830</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>47</x:v>
@@ -24426,51 +24424,51 @@
       <x:c r="L381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>569884</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>335</x:v>
       </x:c>