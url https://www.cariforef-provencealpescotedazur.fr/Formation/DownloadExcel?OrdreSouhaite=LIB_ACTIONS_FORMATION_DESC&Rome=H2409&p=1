--- v0 (2026-02-10)
+++ v1 (2026-03-29)
@@ -146,78 +146,78 @@
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Réparation textiles et cuirs - Matériel équestre</x:t>
   </x:si>
   <x:si>
     <x:t>Laurence Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent de la fonction publique d'Etat , Autre public , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cuir peau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>permanente</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2028 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>05/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers du cuir option sellerie garnissage</x:t>
   </x:si>
   <x:si>
     <x:t>LP Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Sellerie garnissage</x:t>
   </x:si>
@@ -828,100 +828,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>21854</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>612801</x:v>
+        <x:v>612797</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>21854</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>612797</x:v>
+        <x:v>612801</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37230</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>