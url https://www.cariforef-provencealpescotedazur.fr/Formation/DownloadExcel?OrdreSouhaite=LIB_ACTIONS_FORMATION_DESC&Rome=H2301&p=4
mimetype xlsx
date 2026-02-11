--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -452,131 +452,131 @@
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Les matières premières utilisées en parfumerie</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour la Formation Continue des Entreprises Grassoises</x:t>
   </x:si>
   <x:si>
     <x:t>ASFO GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>Parfum</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>International technical degree in fragrance creation and sensory evaluation</x:t>
   </x:si>
   <x:si>
+    <x:t>12/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/17/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Initiation à la parfumerie et au langage des odeurs</x:t>
   </x:si>
   <x:si>
     <x:t>Cinquième Sens</x:t>
   </x:si>
   <x:si>
     <x:t>60113</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse sensorielle</x:t>
   </x:si>
   <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/27/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/28/2026 00:00:00</x:t>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Fragrance School (1ère partie)</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fragrance School</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formuler une composition olfactive</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formuler et fabriquer sans eau en cosmétique naturelle et bio</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Particulier, individuel , Salarié de l'artisanat , Tout public</x:t>
@@ -719,78 +719,78 @@
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>B2 Elaborer une composition parfumante (de la matière première à l’application finale)</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant technique des industries aromatiques et cosmétiques (Appentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingrédient arôme alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyser olfactivement un produit</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2397,147 +2397,147 @@
       <x:c r="R20" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>591850</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>591851</x:v>
+        <x:v>591852</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>591852</x:v>
+        <x:v>591851</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -2651,114 +2651,114 @@
       <x:c r="I25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592536</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592535</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40804</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -2913,145 +2913,145 @@
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>576106</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>592531</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>592532</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>42</x:v>
@@ -3084,284 +3084,284 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>614710</x:v>
+        <x:v>609459</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>608598</x:v>
+        <x:v>614710</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>609459</x:v>
+        <x:v>608598</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>610145</x:v>
+        <x:v>610143</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>610143</x:v>
+        <x:v>610145</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>144</x:v>
@@ -3370,100 +3370,100 @@
       <x:c r="K38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>615658</x:v>
+        <x:v>610144</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>610144</x:v>
+        <x:v>615658</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>144</x:v>
@@ -4455,51 +4455,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>596710</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
@@ -4628,51 +4628,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>596700</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37699</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -5088,51 +5088,51 @@
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>495252</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -5142,51 +5142,51 @@
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>599068</x:v>
+        <x:v>599067</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>132</x:v>
@@ -5203,51 +5203,51 @@
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>495253</x:v>
+        <x:v>599068</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -5263,51 +5263,51 @@
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>544836</x:v>
+        <x:v>495253</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>132</x:v>
@@ -5324,51 +5324,51 @@
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>544837</x:v>
+        <x:v>544836</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -5384,51 +5384,51 @@
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>599067</x:v>
+        <x:v>544837</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>144</x:v>