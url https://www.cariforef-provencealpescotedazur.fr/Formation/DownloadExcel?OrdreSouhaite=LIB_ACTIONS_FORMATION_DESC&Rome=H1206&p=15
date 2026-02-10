--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -422,80 +422,80 @@
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences du vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>Bio-informatique</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences cognitives parcours fonctions cognitives chez l'individu typique et atypique</x:t>
@@ -854,63 +854,63 @@
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
   </x:si>
   <x:si>
+    <x:t>Fanfani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie des procédés et des bio-procédés parcours génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie des procédés et des bio-procédés parcours compétences complémentaires en informatique</x:t>
   </x:si>
@@ -3689,159 +3689,160 @@
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>591871</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>597540</x:v>
+        <x:v>590163</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="H28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>590163</x:v>
+        <x:v>597540</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -3931,78 +3932,78 @@
       <x:c r="S30" s="14" t="n">
         <x:v>577560</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>592219</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
@@ -4099,75 +4100,75 @@
       <x:c r="T33" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>592218</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
@@ -4210,132 +4211,132 @@
       <x:c r="T35" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>592220</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>592221</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
@@ -4490,195 +4491,195 @@
       <x:c r="R40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581257</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592048</x:v>
+        <x:v>592045</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592045</x:v>
+        <x:v>592047</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592047</x:v>
+        <x:v>592048</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
@@ -5290,249 +5291,249 @@
       <x:c r="S54" s="14" t="n">
         <x:v>581571</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>591967</x:v>
+        <x:v>591966</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>591968</x:v>
+        <x:v>591967</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>615852</x:v>
+        <x:v>591968</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>591966</x:v>
+        <x:v>615852</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -7506,78 +7507,78 @@
       <x:c r="T93" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592123</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -9103,51 +9104,51 @@
       <x:c r="B122" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>615681</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -9274,51 +9275,51 @@
         <x:v>231</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>578592</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -9444,51 +9445,51 @@
       <x:c r="B128" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>578591</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -9605,195 +9606,195 @@
       <x:c r="S130" s="14" t="n">
         <x:v>575042</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>540578</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>592094</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>591171</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
@@ -10002,145 +10003,145 @@
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>595490</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="P138" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="P138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>597722</x:v>
+        <x:v>578115</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q139" s="4" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="Q139" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>578115</x:v>
+        <x:v>597722</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -10750,51 +10751,51 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38544</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>588491</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -11144,78 +11145,78 @@
       <x:c r="T157" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>591876</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -11768,78 +11769,78 @@
       <x:c r="S168" s="14" t="n">
         <x:v>574944</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38706</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>11541</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>591855</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38704</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
@@ -14928,120 +14929,120 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
@@ -15711,75 +15712,75 @@
       <x:c r="T237" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
@@ -15876,75 +15877,75 @@
       <x:c r="S240" s="14" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38975</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>591930</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
@@ -15964,51 +15965,51 @@
       <x:c r="J242" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>558151</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16024,110 +16025,110 @@
       <x:c r="J243" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>558153</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>609281</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40701</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
@@ -16137,51 +16138,51 @@
       <x:c r="J245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>12576</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>606187</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16851,51 +16852,51 @@
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>546663</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37581</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -17609,186 +17610,186 @@
       <x:c r="S270" s="14" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>35637</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>616028</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>37929</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>11031</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39450</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>595756</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
@@ -17956,132 +17957,132 @@
       <x:c r="S276" s="14" t="n">
         <x:v>605717</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>616043</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
@@ -18915,51 +18916,51 @@
       <x:c r="J293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38774</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
@@ -19424,69 +19425,69 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>39880</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>558313</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
@@ -20788,51 +20789,51 @@
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>554927</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">