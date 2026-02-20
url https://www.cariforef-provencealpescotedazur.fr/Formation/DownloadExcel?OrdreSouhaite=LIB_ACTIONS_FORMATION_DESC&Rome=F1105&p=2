--- v0 (2025-12-08)
+++ v1 (2026-02-20)
@@ -296,69 +296,69 @@
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
@@ -1221,108 +1221,108 @@
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>592218</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592218</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
@@ -2214,139 +2214,139 @@
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592349</x:v>
+        <x:v>592348</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592348</x:v>
+        <x:v>592349</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39518</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
@@ -2480,134 +2480,134 @@
         <x:v>91</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>592948</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595476</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>595477</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>