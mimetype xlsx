--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -896,83 +896,83 @@
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>concepteur en communication graphique et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Colorimétrie et calibrage dans Photoshop</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CAP signalétique et décors graphiques blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Spéciale de Peinture Décorative de Provence - Atelier des Ocres</x:t>
   </x:si>
   <x:si>
     <x:t>04310</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Signalétique enseigne</x:t>
   </x:si>
   <x:si>
     <x:t>GANAGOBIE</x:t>
   </x:si>
   <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/27/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP signalétique et décors graphiques (Apprentissage)</x:t>
@@ -1088,63 +1088,63 @@
   <x:si>
     <x:t>BMA spécialité arts graphiques option A : signalétique</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro réalisation de produits imprimés et plurimédia option B productions imprimées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Impression</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro réalisation de produits imprimés et plurimédia option B productions imprimées</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour Déficients Auditifs la Remusade</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro réalisation de produits imprimés et plurimédia option A productions graphiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro réalisation de produits imprimés et plurimédia option A productions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Réalisation de Produits Imprimés et Plurimédia - Option B Productions imprimées</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
@@ -3266,201 +3266,201 @@
       <x:c r="R28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>613735</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>564094</x:v>
+        <x:v>584267</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>584267</x:v>
+        <x:v>581281</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>581281</x:v>
+        <x:v>564094</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -3824,107 +3824,107 @@
       <x:c r="I39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>609011</x:v>
+        <x:v>609014</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>609014</x:v>
+        <x:v>609011</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
@@ -4361,138 +4361,137 @@
       <x:c r="R49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>534230</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>126</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>615067</x:v>
+        <x:v>534232</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>534232</x:v>
+        <x:v>615067</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
@@ -8649,324 +8648,324 @@
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>576487</x:v>
+        <x:v>576489</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>576488</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>576489</x:v>
+        <x:v>576487</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>585883</x:v>
+        <x:v>585880</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="U135" s="4" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>585880</x:v>
+        <x:v>585885</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>585885</x:v>
+        <x:v>585883</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -10434,196 +10433,196 @@
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>547679</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>595915</x:v>
+        <x:v>595914</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="R165" s="0" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>595916</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>595914</x:v>
+        <x:v>595915</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -10832,81 +10831,81 @@
       <x:c r="R170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>595911</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="Q171" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>595910</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
@@ -10943,75 +10942,75 @@
       <x:c r="R172" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>595913</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>595912</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">