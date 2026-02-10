--- v2 (2026-02-10)
+++ v3 (2026-02-10)
@@ -2129,57 +2129,57 @@
   <x:si>
     <x:t>Développeur intégrateur de solutions intranet/internet (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Technologie internet intranet</x:t>
   </x:si>
   <x:si>
     <x:t>designer UX-UI</x:t>
   </x:si>
   <x:si>
     <x:t>Designer numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>designer numérique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Designer numérique</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>designer numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Designer graphique (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer graphique</x:t>
   </x:si>
   <x:si>
     <x:t>designer graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
@@ -6507,123 +6507,123 @@
         <x:v>155</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>616373</x:v>
+        <x:v>616375</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>616375</x:v>
+        <x:v>616373</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
@@ -12656,415 +12656,415 @@
         <x:v>320</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>605299</x:v>
+        <x:v>605329</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>616598</x:v>
+        <x:v>605299</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>616636</x:v>
+        <x:v>616598</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>616651</x:v>
+        <x:v>616636</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>616653</x:v>
+        <x:v>616651</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>616667</x:v>
+        <x:v>616653</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>616672</x:v>
+        <x:v>616667</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>605329</x:v>
+        <x:v>616672</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
@@ -15206,511 +15206,511 @@
         <x:v>320</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>605285</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>605291</x:v>
+        <x:v>605285</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>605293</x:v>
+        <x:v>605291</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>605294</x:v>
+        <x:v>605293</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>605308</x:v>
+        <x:v>605294</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>605311</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>605314</x:v>
+        <x:v>605311</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>616652</x:v>
+        <x:v>605314</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>616664</x:v>
+        <x:v>616652</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>616592</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>345</x:v>
@@ -20551,103 +20551,103 @@
         <x:v>76</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>612470</x:v>
+        <x:v>612469</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>612469</x:v>
+        <x:v>612470</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>260</x:v>
@@ -21925,157 +21925,157 @@
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>597202</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>279</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>597201</x:v>
+        <x:v>547221</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>547221</x:v>
+        <x:v>597201</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
@@ -28553,157 +28553,157 @@
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>554172</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>39764</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>614347</x:v>
+        <x:v>592191</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>279</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>39764</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>592191</x:v>
+        <x:v>614347</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>40367</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -29326,106 +29326,106 @@
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>559254</x:v>
+        <x:v>613710</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>613710</x:v>
+        <x:v>559254</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">