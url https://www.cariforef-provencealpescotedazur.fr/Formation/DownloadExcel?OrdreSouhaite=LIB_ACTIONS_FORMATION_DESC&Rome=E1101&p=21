--- v2 (2026-03-30)
+++ v3 (2026-03-30)
@@ -230,92 +230,92 @@
   <x:si>
     <x:t>Mécanique familiale</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress - Intégration d’outils d’IA</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress</x:t>
   </x:si>
   <x:si>
     <x:t>Pierre-Henri Sciortino - Ph Formation</x:t>
   </x:si>
   <x:si>
     <x:t>PHF</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-11e</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>Studio Gentile - Systemv</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Word, excel, création de site</x:t>
   </x:si>
   <x:si>
     <x:t>Université d'Etudes et de Loisirs des Alpes du Sud</x:t>
   </x:si>
   <x:si>
     <x:t>UELAS</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Word</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WooCommerce avec WordPress Vente de produits numériques et contenus</x:t>
   </x:si>
   <x:si>
     <x:t>WooCommerce avec WordPress Paiements et abonnements récurrents</x:t>
@@ -860,113 +860,113 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>CUERS</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
+    <x:t>LA GAUDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA LONDE-LES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORNAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALERNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BORMES-LES-MIMOSAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEDENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYRARGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE LUC EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIDAUBAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GAUDE</x:t>
-[...38 lines deleted...]
-    <x:t>MARTIGUES</x:t>
+    <x:t>PEROLS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAVERNES</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
-    <x:t>PEROLS</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MALIJAI</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction HTML, CSS et JavaScript - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
@@ -1271,74 +1271,74 @@
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développer son réseau professionnel avec Linkedin</x:t>
   </x:si>
   <x:si>
     <x:t>Adam Maman</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Application réseau social professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développer son activité avec le Webmarketing et les réseaux sociaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Gobitwin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lauriane Samozino</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gobitwin</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Youcap</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
@@ -1751,122 +1751,122 @@
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de l'Alternance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESAME</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Octo</x:t>
   </x:si>
   <x:si>
     <x:t>33300</x:t>
   </x:si>
   <x:si>
     <x:t>Octo - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chargé de marketing digital et e-commerce</x:t>
   </x:si>
   <x:si>
     <x:t>chargé de marketing digital et e-commerce</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement commercial et marketing (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
-    <x:t>Marketing</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Esid</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Delta - Groupe Someform</x:t>
-[...2 lines deleted...]
-    <x:t>13200</x:t>
+    <x:t>Chargé de développement commercial et marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>chargé de développement commercial et marketing</x:t>
   </x:si>
   <x:si>
     <x:t>ESID - Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Chargé de développement commercial et marketing</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication multicanale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication multicanale</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation services numériques aux organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
@@ -1904,57 +1904,57 @@
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Création entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité techniques de commercialisation parcours marketing digital, e-business et entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE COTE D'AZUR</x:t>
   </x:si>
@@ -3131,51 +3131,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>577816</x:v>
+        <x:v>567361</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>52</x:v>
@@ -3183,51 +3183,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>567359</x:v>
+        <x:v>567364</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -3238,373 +3238,373 @@
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>567360</x:v>
+        <x:v>567362</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>567363</x:v>
+        <x:v>567366</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q14" s="16" t="s">
+      <x:c r="S14" s="14" t="n">
+        <x:v>577816</x:v>
+      </x:c>
+      <x:c r="T14" s="16" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>567361</x:v>
+        <x:v>567359</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>567364</x:v>
+        <x:v>567360</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>567362</x:v>
+        <x:v>567363</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>567366</x:v>
+        <x:v>578640</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
@@ -4169,51 +4169,51 @@
         <x:v>84</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>611788</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>84</x:v>
@@ -4271,51 +4271,51 @@
         <x:v>84</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>611785</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>84</x:v>
@@ -4728,51 +4728,51 @@
       <x:c r="I41" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>614288</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -5093,51 +5093,51 @@
       <x:c r="J48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>553387</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -5493,51 +5493,51 @@
       <x:c r="J55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>603545</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -5552,51 +5552,51 @@
       <x:c r="J56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>603544</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -5609,51 +5609,51 @@
       <x:c r="J57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>560767</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -5668,51 +5668,51 @@
       <x:c r="J58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>560765</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -5998,51 +5998,51 @@
         <x:v>179</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>72410</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>566974</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>185</x:v>
@@ -6266,51 +6266,51 @@
       <x:c r="I69" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>567245</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -6529,51 +6529,51 @@
       <x:c r="L74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>70711</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>589732</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
@@ -6951,51 +6951,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>613969</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>221</x:v>
@@ -7859,51 +7859,51 @@
       <x:c r="I99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>622304</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -8180,51 +8180,51 @@
       <x:c r="I105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>622306</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -8984,51 +8984,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>613941</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>221</x:v>
@@ -9198,51 +9198,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>620552</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>221</x:v>
@@ -9464,803 +9464,803 @@
       <x:c r="I129" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>613942</x:v>
+        <x:v>622234</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>613949</x:v>
+        <x:v>622238</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>613956</x:v>
+        <x:v>622242</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>613964</x:v>
+        <x:v>622252</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>613967</x:v>
+        <x:v>622254</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>620549</x:v>
+        <x:v>622268</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>620575</x:v>
+        <x:v>622269</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>620578</x:v>
+        <x:v>622280</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>621065</x:v>
+        <x:v>622281</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>622234</x:v>
+        <x:v>621061</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>622238</x:v>
+        <x:v>613942</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>622242</x:v>
+        <x:v>613949</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>622252</x:v>
+        <x:v>613956</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>622254</x:v>
+        <x:v>613968</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>622268</x:v>
+        <x:v>620556</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -10271,103 +10271,103 @@
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>622269</x:v>
+        <x:v>620563</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>622280</x:v>
+        <x:v>620566</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -10375,320 +10375,320 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>622281</x:v>
+        <x:v>622321</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>621061</x:v>
+        <x:v>622327</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>613968</x:v>
+        <x:v>622232</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>620556</x:v>
+        <x:v>622240</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>620563</x:v>
+        <x:v>622241</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>620566</x:v>
+        <x:v>622253</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -10696,1604 +10696,1604 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>622321</x:v>
+        <x:v>622263</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>622327</x:v>
+        <x:v>622267</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>622232</x:v>
+        <x:v>622279</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>622240</x:v>
+        <x:v>622303</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>622241</x:v>
+        <x:v>613937</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>622253</x:v>
+        <x:v>613938</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>622263</x:v>
+        <x:v>613952</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>622267</x:v>
+        <x:v>620547</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>622279</x:v>
+        <x:v>620550</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>622303</x:v>
+        <x:v>620564</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>613937</x:v>
+        <x:v>620573</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>613938</x:v>
+        <x:v>620576</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>613952</x:v>
+        <x:v>613944</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>620547</x:v>
+        <x:v>613946</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>620550</x:v>
+        <x:v>613947</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>620564</x:v>
+        <x:v>613954</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>620573</x:v>
+        <x:v>613955</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>620576</x:v>
+        <x:v>613957</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>613944</x:v>
+        <x:v>613970</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>613946</x:v>
+        <x:v>620551</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>613947</x:v>
+        <x:v>620554</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>613954</x:v>
+        <x:v>620557</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>613955</x:v>
+        <x:v>620561</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>613957</x:v>
+        <x:v>620568</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>613970</x:v>
+        <x:v>620571</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>620551</x:v>
+        <x:v>613940</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>620554</x:v>
+        <x:v>613964</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>620557</x:v>
+        <x:v>613967</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>620561</x:v>
+        <x:v>620549</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>620568</x:v>
+        <x:v>620575</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -12301,109 +12301,109 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>620571</x:v>
+        <x:v>620578</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>613940</x:v>
+        <x:v>621065</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
@@ -12460,54 +12460,54 @@
       <x:c r="I185" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>621062</x:v>
+        <x:v>622243</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -12515,320 +12515,320 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>621063</x:v>
+        <x:v>622255</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>613939</x:v>
+        <x:v>622266</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>613951</x:v>
+        <x:v>622275</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>613961</x:v>
+        <x:v>622318</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>613966</x:v>
+        <x:v>622319</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>620548</x:v>
+        <x:v>621062</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -12836,641 +12836,641 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>620574</x:v>
+        <x:v>621063</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>620577</x:v>
+        <x:v>613939</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>622243</x:v>
+        <x:v>613951</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>622255</x:v>
+        <x:v>613961</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>622266</x:v>
+        <x:v>613966</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>622275</x:v>
+        <x:v>620548</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>622318</x:v>
+        <x:v>620574</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>622319</x:v>
+        <x:v>620577</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>622331</x:v>
+        <x:v>613943</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>622332</x:v>
+        <x:v>613948</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>620891</x:v>
+        <x:v>620553</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>620894</x:v>
+        <x:v>620560</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -13478,320 +13478,320 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>622233</x:v>
+        <x:v>620570</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>622246</x:v>
+        <x:v>621066</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>622247</x:v>
+        <x:v>621067</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>622260</x:v>
+        <x:v>622233</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>622261</x:v>
+        <x:v>622246</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>622274</x:v>
+        <x:v>622247</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -13799,106 +13799,106 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>622277</x:v>
+        <x:v>622260</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>622301</x:v>
+        <x:v>622261</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -13906,320 +13906,320 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>622308</x:v>
+        <x:v>622274</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>622309</x:v>
+        <x:v>622277</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>622316</x:v>
+        <x:v>622301</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>622317</x:v>
+        <x:v>622308</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>622236</x:v>
+        <x:v>622309</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>622239</x:v>
+        <x:v>622316</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -14227,534 +14227,534 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>622244</x:v>
+        <x:v>622317</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>622256</x:v>
+        <x:v>622331</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>622257</x:v>
+        <x:v>622332</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>622262</x:v>
+        <x:v>620891</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>622270</x:v>
+        <x:v>620894</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>622276</x:v>
+        <x:v>622236</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>622311</x:v>
+        <x:v>622239</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>613943</x:v>
+        <x:v>622244</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>613948</x:v>
+        <x:v>622256</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>620553</x:v>
+        <x:v>622257</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -14762,106 +14762,106 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>620560</x:v>
+        <x:v>622262</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>620570</x:v>
+        <x:v>622270</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -14869,109 +14869,109 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>621066</x:v>
+        <x:v>622276</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>621067</x:v>
+        <x:v>622311</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
@@ -15132,51 +15132,51 @@
       <x:c r="I235" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>614333</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -15185,100 +15185,100 @@
         <x:v>303</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>599879</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>611395</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -15438,51 +15438,51 @@
       <x:c r="I241" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>620237</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
@@ -15491,100 +15491,100 @@
         <x:v>158</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>620236</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>620238</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -15593,51 +15593,51 @@
         <x:v>179</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>503965</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>179</x:v>
@@ -15698,159 +15698,159 @@
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>577081</x:v>
+        <x:v>577083</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>577083</x:v>
+        <x:v>577084</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>577084</x:v>
+        <x:v>577081</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>44</x:v>
@@ -16053,211 +16053,210 @@
       <x:c r="I253" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>534204</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>333</x:v>
-[...1 lines deleted...]
-      <x:c r="H254" s="14" t="s"/>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>603910</x:v>
+        <x:v>534206</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>330</x:v>
-[...2 lines deleted...]
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>534206</x:v>
+        <x:v>603910</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>533249</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>331</x:v>
@@ -16265,51 +16264,51 @@
       <x:c r="I257" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>533166</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
@@ -16367,51 +16366,51 @@
       <x:c r="I259" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>614974</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -16469,51 +16468,51 @@
       <x:c r="I261" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>568731</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
@@ -16522,51 +16521,51 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>568733</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>347</x:v>
@@ -16624,51 +16623,51 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>568729</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>347</x:v>
@@ -16778,51 +16777,51 @@
       <x:c r="I267" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>611907</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
@@ -16833,51 +16832,51 @@
         <x:v>147</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>611875</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>352</x:v>
@@ -17047,100 +17046,100 @@
         <x:v>147</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>611908</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>614429</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
@@ -17542,280 +17541,280 @@
         <x:v>570549</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>616601</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>614508</x:v>
+        <x:v>624435</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>624435</x:v>
+        <x:v>614508</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>624520</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>624463</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>412</x:v>
@@ -17844,129 +17843,129 @@
       <x:c r="R287" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>535263</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>614507</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>614512</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39367</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
@@ -17979,51 +17978,51 @@
       <x:c r="J290" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>592192</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>125</x:v>
@@ -18162,78 +18161,78 @@
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>554033</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>352</x:v>
@@ -18241,51 +18240,51 @@
       <x:c r="I295" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>611787</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
@@ -18305,91 +18304,91 @@
       <x:c r="M296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>611848</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>580364</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18604,51 +18603,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>533650</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>331</x:v>
@@ -18656,51 +18655,51 @@
       <x:c r="I303" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>534198</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -18711,51 +18710,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>533643</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>331</x:v>
@@ -18763,51 +18762,51 @@
       <x:c r="I305" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>534201</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
@@ -18925,51 +18924,51 @@
         <x:v>147</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>611912</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>352</x:v>
@@ -19030,51 +19029,51 @@
         <x:v>303</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>614329</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>451</x:v>
@@ -19234,100 +19233,100 @@
         <x:v>461</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>598271</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>603902</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
@@ -19546,51 +19545,51 @@
       <x:c r="J320" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>535474</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -19603,51 +19602,51 @@
       <x:c r="J321" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>553365</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>40907</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -19778,51 +19777,51 @@
       <x:c r="J324" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>609135</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -19832,51 +19831,51 @@
       <x:c r="J325" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>565291</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s">
         <x:v>189</x:v>
@@ -19891,51 +19890,51 @@
         <x:v>482</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>583891</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -20161,51 +20160,51 @@
       <x:c r="I331" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>583933</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>41364</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
@@ -20218,51 +20217,51 @@
       <x:c r="J332" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>613844</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
@@ -20329,51 +20328,51 @@
       <x:c r="J334" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>560342</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
@@ -20440,51 +20439,51 @@
       <x:c r="J336" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>46364</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>358955</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="n">
         <x:v>3434</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
@@ -20494,51 +20493,51 @@
       <x:c r="J337" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>46364</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>367446</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
@@ -20652,100 +20651,100 @@
         <x:v>158</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>572302</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>618823</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
@@ -20905,51 +20904,51 @@
       <x:c r="I345" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>568744</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
@@ -20958,51 +20957,51 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>568742</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>347</x:v>
@@ -21060,51 +21059,51 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>568747</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>36743</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -21117,51 +21116,51 @@
       <x:c r="J349" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>553364</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>34340</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -21272,78 +21271,78 @@
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>555943</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -21390,78 +21389,78 @@
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>555945</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -21734,258 +21733,257 @@
         <x:v>599654</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>560</x:v>
-[...1 lines deleted...]
-      <x:c r="H360" s="14" t="s"/>
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s">
+        <x:v>557</x:v>
+      </x:c>
       <x:c r="I360" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>607315</x:v>
+        <x:v>589818</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>556</x:v>
-[...2 lines deleted...]
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>589818</x:v>
+        <x:v>555287</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>555287</x:v>
+        <x:v>607315</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>603644</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -22057,167 +22055,167 @@
       <x:c r="J365" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>589814</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>607314</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>555289</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
@@ -22230,51 +22228,51 @@
       <x:c r="J368" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>609555</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
@@ -22284,734 +22282,734 @@
       <x:c r="J369" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>592538</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="H370" s="14" t="s">
+      <x:c r="H370" s="14" t="s"/>
+      <x:c r="I370" s="16" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>602450</x:v>
+        <x:v>552112</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="P371" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="P371" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>605215</x:v>
+        <x:v>552375</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>602451</x:v>
+        <x:v>602450</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>605213</x:v>
+        <x:v>605215</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>575</x:v>
-[...1 lines deleted...]
-      <x:c r="H374" s="14" t="s"/>
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H374" s="14" t="s">
+        <x:v>573</x:v>
+      </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="Q374" s="16" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="R374" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="Q374" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>552374</x:v>
+        <x:v>602451</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="P375" s="0" t="s">
         <x:v>571</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>575</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>605214</x:v>
+        <x:v>605213</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="P376" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="P376" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>552376</x:v>
+        <x:v>552374</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="P377" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="P377" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>552112</x:v>
+        <x:v>605214</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>552375</x:v>
+        <x:v>552376</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>591883</x:v>
+        <x:v>581790</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>581790</x:v>
+        <x:v>591883</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>591882</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
@@ -23184,139 +23182,139 @@
       <x:c r="U384" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>556496</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>556497</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -23332,112 +23330,112 @@
       <x:c r="J387" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>571053</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>608280</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -23453,51 +23451,51 @@
       <x:c r="J389" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>609835</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>41844</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
@@ -23510,51 +23508,51 @@
       <x:c r="J390" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>596239</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>41844</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
@@ -23564,51 +23562,51 @@
       <x:c r="J391" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>596240</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -23685,51 +23683,51 @@
       <x:c r="J393" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>453855</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -23746,51 +23744,51 @@
       <x:c r="J394" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>554891</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -23806,51 +23804,51 @@
       <x:c r="J395" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>554929</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -23867,51 +23865,51 @@
       <x:c r="J396" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>603439</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -23927,60 +23925,60 @@
       <x:c r="J397" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>510684</x:v>
+        <x:v>554817</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>537</x:v>
@@ -23988,120 +23986,120 @@
       <x:c r="J398" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>554817</x:v>
+        <x:v>603437</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>603437</x:v>
+        <x:v>603438</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>537</x:v>
@@ -24109,60 +24107,60 @@
       <x:c r="J400" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>603438</x:v>
+        <x:v>510684</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
@@ -24290,51 +24288,51 @@
       <x:c r="J403" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>602564</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -24411,51 +24409,51 @@
       <x:c r="J405" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>554893</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -24472,51 +24470,51 @@
       <x:c r="J406" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>556143</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -24532,60 +24530,60 @@
       <x:c r="J407" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>509936</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>41623</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -24646,51 +24644,51 @@
       <x:c r="J409" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>575987</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>41623</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
@@ -24868,51 +24866,51 @@
       <x:c r="J413" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>596763</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -24929,111 +24927,111 @@
       <x:c r="J414" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>602561</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>556135</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -25050,51 +25048,51 @@
       <x:c r="J416" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>454251</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>41547</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
@@ -25104,51 +25102,51 @@
       <x:c r="J417" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>596794</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>41547</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
@@ -25161,51 +25159,51 @@
       <x:c r="J418" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>596795</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -25221,60 +25219,60 @@
       <x:c r="J419" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>510676</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>537</x:v>
@@ -25282,111 +25280,111 @@
       <x:c r="J420" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>602557</x:v>
+        <x:v>556124</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>454245</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -25403,324 +25401,325 @@
       <x:c r="J422" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>556124</x:v>
+        <x:v>602557</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>41545</x:v>
+        <x:v>35501</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>596789</x:v>
+        <x:v>575984</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>41545</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>630</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>596791</x:v>
+        <x:v>596790</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>41545</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>596790</x:v>
+        <x:v>596789</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>35501</x:v>
+        <x:v>41545</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>619</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>575984</x:v>
+        <x:v>596791</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>590880</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
@@ -25731,51 +25730,51 @@
         <x:v>645</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>46329</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>523310</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
@@ -25788,51 +25787,51 @@
       <x:c r="J429" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>586449</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -25847,335 +25846,335 @@
       <x:c r="J430" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>514673</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>608564</x:v>
+        <x:v>550653</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>550653</x:v>
+        <x:v>608564</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>514604</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>24815</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>509773</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>521657</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
@@ -26184,51 +26183,51 @@
         <x:v>111</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>614348</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>664</x:v>
@@ -26236,51 +26235,51 @@
       <x:c r="I437" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>541939</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
@@ -26289,51 +26288,51 @@
         <x:v>111</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>614349</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>668</x:v>
@@ -26542,51 +26541,51 @@
       <x:c r="I443" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>613090</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
@@ -26595,51 +26594,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>613093</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>222</x:v>
@@ -26697,51 +26696,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>613109</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>222</x:v>
@@ -26799,51 +26798,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>613117</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>222</x:v>
@@ -26901,51 +26900,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>613101</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>222</x:v>
@@ -27003,100 +27002,100 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>613111</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>613114</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
@@ -27105,103 +27104,103 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>613098</x:v>
+        <x:v>612713</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>612713</x:v>
+        <x:v>613098</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>222</x:v>
@@ -27256,51 +27255,51 @@
       <x:c r="I457" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>613094</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
@@ -27411,51 +27410,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>613104</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>35</x:v>
@@ -27615,51 +27614,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>613116</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>222</x:v>
@@ -27717,51 +27716,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>613118</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>222</x:v>
@@ -27819,51 +27818,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>613091</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>222</x:v>
@@ -27921,462 +27920,462 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>613107</x:v>
+        <x:v>612711</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>612712</x:v>
+        <x:v>613095</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>613095</x:v>
+        <x:v>613100</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>613100</x:v>
+        <x:v>613103</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>613103</x:v>
+        <x:v>613115</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>613115</x:v>
+        <x:v>613119</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>613119</x:v>
+        <x:v>613120</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>613120</x:v>
+        <x:v>613107</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>612711</x:v>
+        <x:v>612712</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>