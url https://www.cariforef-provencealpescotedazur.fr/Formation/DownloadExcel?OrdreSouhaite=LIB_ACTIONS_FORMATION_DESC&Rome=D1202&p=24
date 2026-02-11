--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -1055,119 +1055,119 @@
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formations Professionnelles Cannois</x:t>
   </x:si>
   <x:si>
     <x:t>IFP CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation La Valette du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation La Valette du Var</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAP métiers de la coiffure</x:t>
   </x:si>
   <x:si>
+    <x:t>Silvya Terrade Sud Est|Silvya Terrade Sud Est - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Métiers de la coiffure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisan , Salarié de l'artisanat , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formabeauté</x:t>
   </x:si>
   <x:si>
     <x:t>École Terrade Toulon</x:t>
   </x:si>
   <x:si>
-    <x:t>Silvya Terrade Sud Est|Silvya Terrade Sud Est - Antenne Nice</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>École Terrade Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Artisan , Salarié de l'artisanat , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation et d'Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>IFI</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
@@ -1328,56 +1328,56 @@
   <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Métiers de la coiffure</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS métiers de la coiffure</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Métiers de la coiffure</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la coiffure (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>LP C Hugues</x:t>
   </x:si>
   <x:si>
     <x:t>BP coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
@@ -1400,57 +1400,57 @@
   <x:si>
     <x:t>BP coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BM coiffeur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BM Coiffeur (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro métiers de la coiffure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barbier</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Bac pro métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
@@ -16607,3353 +16607,3357 @@
         <x:v>602000</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>268</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>454950</x:v>
+        <x:v>554466</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>554466</x:v>
+        <x:v>554467</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>554467</x:v>
+        <x:v>554546</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>554546</x:v>
+        <x:v>584163</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>600352</x:v>
+        <x:v>496154</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>548602</x:v>
+        <x:v>548811</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>251</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>601334</x:v>
+        <x:v>600352</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>498266</x:v>
+        <x:v>548602</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>602407</x:v>
+        <x:v>601334</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>498554</x:v>
+        <x:v>454950</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>501725</x:v>
+        <x:v>607568</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>496154</x:v>
+        <x:v>498266</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>584163</x:v>
+        <x:v>602407</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>572439</x:v>
+        <x:v>498554</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H268" s="14" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>572440</x:v>
+        <x:v>501725</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>603641</x:v>
+        <x:v>549184</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>498726</x:v>
+        <x:v>604180</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>549184</x:v>
+        <x:v>604203</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>604180</x:v>
+        <x:v>606030</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>604203</x:v>
+        <x:v>606039</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>268</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>548811</x:v>
+        <x:v>601415</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>607568</x:v>
+        <x:v>546822</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>606030</x:v>
+        <x:v>546569</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>546822</x:v>
+        <x:v>572439</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>193</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
-      <x:c r="E278" s="14" t="s"/>
+      <x:c r="E278" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>597071</x:v>
+        <x:v>572440</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>546569</x:v>
+        <x:v>603641</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H280" s="14" t="s"/>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>606039</x:v>
+        <x:v>498726</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>601415</x:v>
+        <x:v>552813</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>142</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
-      <x:c r="E282" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>552813</x:v>
+        <x:v>609615</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>609615</x:v>
+        <x:v>606661</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>606661</x:v>
+        <x:v>606665</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>606665</x:v>
+        <x:v>567064</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>567064</x:v>
+        <x:v>567090</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>567090</x:v>
+        <x:v>610017</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>610017</x:v>
+        <x:v>568257</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>568257</x:v>
+        <x:v>568270</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>568270</x:v>
+        <x:v>568282</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>568282</x:v>
+        <x:v>614579</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>614579</x:v>
+        <x:v>614587</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>614587</x:v>
+        <x:v>571131</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>571131</x:v>
+        <x:v>577441</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>577441</x:v>
+        <x:v>588527</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>588527</x:v>
+        <x:v>606660</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>606660</x:v>
+        <x:v>567097</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>567097</x:v>
+        <x:v>567099</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>567099</x:v>
+        <x:v>500905</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>554977</x:v>
+        <x:v>560670</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>597081</x:v>
+        <x:v>554977</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>597088</x:v>
+        <x:v>597071</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>597089</x:v>
+        <x:v>597081</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>558643</x:v>
+        <x:v>597088</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>614589</x:v>
+        <x:v>597089</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="L306" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M306" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N306" s="15" t="n">
+        <x:v>42050</x:v>
+      </x:c>
+      <x:c r="O306" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P306" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="Q306" s="16" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="R306" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="S306" s="14" t="n">
+        <x:v>558643</x:v>
+      </x:c>
+      <x:c r="T306" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="L306" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>554973</x:v>
+        <x:v>614589</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>554976</x:v>
+        <x:v>529118</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>554979</x:v>
+        <x:v>554973</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>500905</x:v>
+        <x:v>554976</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>560670</x:v>
+        <x:v>554979</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -19966,51 +19970,51 @@
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>554970</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -20020,59 +20024,59 @@
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>554980</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
@@ -20085,51 +20089,51 @@
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>551762</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42050</x:v>
@@ -20245,150 +20249,150 @@
       <x:c r="L317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>612749</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>609683</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>597076</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
@@ -20594,51 +20598,51 @@
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>567040</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
@@ -20805,54 +20809,54 @@
       <x:c r="L327" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>614575</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -20916,54 +20920,54 @@
       <x:c r="L329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>614592</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -21087,51 +21091,51 @@
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>554969</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -21383,99 +21387,99 @@
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>597084</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>597085</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42050</x:v>
@@ -22034,51 +22038,51 @@
       <x:c r="L349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>612747</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
@@ -22147,51 +22151,51 @@
       <x:c r="L351" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>568279</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -22204,51 +22208,51 @@
       <x:c r="L352" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>568289</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -22654,51 +22658,51 @@
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>554978</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -22762,54 +22766,54 @@
       <x:c r="L362" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>568251</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -23111,51 +23115,51 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>560672</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42050</x:v>
@@ -23586,63 +23590,63 @@
       <x:c r="G377" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>567085</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -23658,102 +23662,102 @@
       <x:c r="M378" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>567086</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>567095</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -23808,51 +23812,51 @@
       <x:c r="G381" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>609678</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
@@ -24145,51 +24149,51 @@
       <x:c r="G387" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>567078</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
@@ -24217,51 +24221,51 @@
       <x:c r="M388" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>567079</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -24325,54 +24329,54 @@
       <x:c r="L390" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>568245</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -24484,51 +24488,51 @@
       <x:c r="J393" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>598288</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
@@ -24550,51 +24554,51 @@
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>554971</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -24604,51 +24608,51 @@
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>554974</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -24661,51 +24665,51 @@
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>554981</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -25102,62 +25106,62 @@
       <x:c r="L404" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>612751</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42050</x:v>
@@ -25201,51 +25205,51 @@
         <x:v>117</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>610015</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
@@ -25327,51 +25331,51 @@
       <x:c r="L408" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>568274</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -25381,54 +25385,54 @@
       <x:c r="L409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>568288</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="G410" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>402</x:v>
@@ -25882,51 +25886,51 @@
         <x:v>117</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>567081</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
@@ -25951,116 +25955,116 @@
       <x:c r="M419" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>567082</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>609616</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42050</x:v>
@@ -26116,51 +26120,51 @@
       <x:c r="L422" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>614581</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -26269,63 +26273,63 @@
       <x:c r="G425" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>567100</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
@@ -26616,51 +26620,51 @@
       <x:c r="L431" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>612746</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -26787,51 +26791,51 @@
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>554972</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -26841,51 +26845,51 @@
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>554975</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>134</x:v>
@@ -28610,330 +28614,331 @@
         <x:v>511045</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="H466" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>499324</x:v>
+        <x:v>556384</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>517312</x:v>
+        <x:v>499324</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>556384</x:v>
+        <x:v>517312</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H469" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>616215</x:v>
+        <x:v>606262</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>606262</x:v>
+        <x:v>616215</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
@@ -28946,51 +28951,51 @@
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>554784</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
@@ -29057,51 +29062,51 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>571136</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>27</x:v>
@@ -29114,51 +29119,51 @@
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>595145</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
@@ -29168,1270 +29173,1270 @@
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>537244</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>504173</x:v>
+        <x:v>549460</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H477" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>595144</x:v>
+        <x:v>504173</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>142</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
-      <x:c r="E478" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>554407</x:v>
+        <x:v>595144</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>604367</x:v>
+        <x:v>554407</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>496134</x:v>
+        <x:v>604367</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>611611</x:v>
+        <x:v>496134</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>552844</x:v>
+        <x:v>611611</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>555002</x:v>
+        <x:v>552844</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>504777</x:v>
+        <x:v>555002</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>504779</x:v>
+        <x:v>504777</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>504781</x:v>
+        <x:v>504779</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>601129</x:v>
+        <x:v>504781</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>555602</x:v>
+        <x:v>601129</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>497944</x:v>
+        <x:v>555602</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H490" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H490" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I490" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>606004</x:v>
+        <x:v>497944</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>606010</x:v>
+        <x:v>606004</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>606011</x:v>
+        <x:v>606010</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>498252</x:v>
+        <x:v>606011</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>600287</x:v>
+        <x:v>498252</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>262</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>496906</x:v>
+        <x:v>600287</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="H496" s="14" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I496" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>549460</x:v>
+        <x:v>496906</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
@@ -36047,206 +36052,206 @@
       <x:c r="S592" s="14" t="n">
         <x:v>553243</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>601130</x:v>
+        <x:v>554405</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>554405</x:v>
+        <x:v>554408</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="E595" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>554408</x:v>
+        <x:v>495215</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I596" s="16" t="s">
         <x:v>105</x:v>
@@ -36281,90 +36286,90 @@
       <x:c r="S596" s="14" t="n">
         <x:v>516388</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>495215</x:v>
+        <x:v>601130</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
@@ -36455,617 +36460,617 @@
         <x:v>504782</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>552708</x:v>
+        <x:v>606009</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>606009</x:v>
+        <x:v>606015</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>606015</x:v>
+        <x:v>546818</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H603" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>506103</x:v>
+        <x:v>552708</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>506108</x:v>
+        <x:v>506103</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>506114</x:v>
+        <x:v>506108</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>506121</x:v>
+        <x:v>506114</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>553198</x:v>
+        <x:v>506121</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>247</x:v>
-[...1 lines deleted...]
-      <x:c r="H608" s="14" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H608" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="I608" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>607294</x:v>
+        <x:v>553198</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>546818</x:v>
+        <x:v>607294</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
@@ -38481,51 +38486,51 @@
       <x:c r="M635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>521661</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I636" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
@@ -38818,51 +38823,51 @@
       <x:c r="M641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>564402</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
@@ -39883,275 +39888,271 @@
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>501896</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>555003</x:v>
+        <x:v>517322</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>553293</x:v>
+        <x:v>555003</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="H662" s="14" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H662" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="I662" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
-        <x:v>549153</x:v>
+        <x:v>553293</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
-        <x:v>553195</x:v>
+        <x:v>549153</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
         <x:v>125</x:v>
@@ -40159,1048 +40160,1050 @@
       <x:c r="H664" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I664" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>552785</x:v>
+        <x:v>553195</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>443</x:v>
-[...1 lines deleted...]
-      <x:c r="C665" s="3" t="s"/>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C665" s="3" t="n">
+        <x:v>37528</x:v>
+      </x:c>
       <x:c r="D665" s="3" t="s"/>
+      <x:c r="E665" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H665" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J665" s="0" t="s">
+        <x:v>410</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>566411</x:v>
+        <x:v>552785</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s"/>
       <x:c r="K666" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>606670</x:v>
+        <x:v>566411</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C667" s="3" t="s"/>
+      <x:c r="D667" s="3" t="s"/>
+      <x:c r="G667" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="I667" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="K667" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L667" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="M667" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N667" s="3" t="n">
+        <x:v>42050</x:v>
+      </x:c>
+      <x:c r="O667" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P667" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="Q667" s="4" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="R667" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="S667" s="0" t="n">
+        <x:v>606670</x:v>
+      </x:c>
+      <x:c r="T667" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="C667" s="3" t="n">
-[...47 lines deleted...]
-      </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H668" s="14" t="s"/>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="H668" s="14" t="s">
+        <x:v>325</x:v>
+      </x:c>
       <x:c r="I668" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>554399</x:v>
+        <x:v>459192</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>554400</x:v>
+        <x:v>554399</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>568469</x:v>
+        <x:v>554400</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>547137</x:v>
+        <x:v>568469</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>518539</x:v>
+        <x:v>547137</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>609265</x:v>
+        <x:v>518539</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>609266</x:v>
+        <x:v>609265</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
-        <x:v>545393</x:v>
+        <x:v>609266</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
-        <x:v>544986</x:v>
+        <x:v>545393</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="E677" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>445633</x:v>
+        <x:v>544986</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>454657</x:v>
+        <x:v>445633</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="E679" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>555600</x:v>
+        <x:v>454657</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>506102</x:v>
+        <x:v>555600</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="E681" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>517322</x:v>
+        <x:v>506102</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41215,51 +41218,51 @@
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>602588</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="E683" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>27</x:v>
@@ -41272,51 +41275,51 @@
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>495689</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41331,51 +41334,51 @@
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>599058</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>27</x:v>
@@ -41388,51 +41391,51 @@
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
         <x:v>601125</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
@@ -41792,312 +41795,312 @@
       <x:c r="R692" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>594236</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>594234</x:v>
+        <x:v>594238</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>594235</x:v>
+        <x:v>594239</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>594237</x:v>
+        <x:v>594234</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>594238</x:v>
+        <x:v>594235</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>594239</x:v>
+        <x:v>594237</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>