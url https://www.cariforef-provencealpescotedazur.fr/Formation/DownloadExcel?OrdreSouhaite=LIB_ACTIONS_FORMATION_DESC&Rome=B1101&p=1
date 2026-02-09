--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -506,60 +506,60 @@
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les grotesques</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les fondamentaux du dessin</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin art</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le dessin d'observation</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le dessin d'architecture à l'aquarelle</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation à la risographie</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Autre public , Demandeur d'emploi , Public sans emploi , Tout public</x:t>
   </x:si>
@@ -3240,51 +3240,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>614940</x:v>
+        <x:v>614938</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>25</x:v>
@@ -3292,51 +3292,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>614938</x:v>
+        <x:v>614940</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -4217,195 +4217,195 @@
       <x:c r="R52" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>595939</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>595942</x:v>
+        <x:v>595941</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>595943</x:v>
+        <x:v>595942</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>595941</x:v>
+        <x:v>595943</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>