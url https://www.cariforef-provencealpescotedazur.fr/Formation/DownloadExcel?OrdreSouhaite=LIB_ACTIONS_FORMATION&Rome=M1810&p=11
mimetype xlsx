--- v0 (2026-03-03)
+++ v1 (2026-03-03)
@@ -614,86 +614,86 @@
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure privée Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure privée Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont - Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>05010</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>AVIGNON</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My Business School Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
@@ -917,80 +917,80 @@
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dominique Villars</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus International Riera</x:t>
@@ -1061,59 +1061,59 @@
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
@@ -2123,69 +2123,69 @@
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel technicien supérieur systèmes et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jacques Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur systèmes et réseaux (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -5140,270 +5140,271 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>611774</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R45" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="S45" s="0" t="n">
+        <x:v>588314</x:v>
+      </x:c>
+      <x:c r="T45" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="R45" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R46" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="R46" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>595883</x:v>
+        <x:v>595874</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="Q47" s="4" t="s">
+      <x:c r="R47" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="R47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>595886</x:v>
+        <x:v>595883</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>588314</x:v>
+        <x:v>595886</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -5855,51 +5856,51 @@
       <x:c r="J57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>595888</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -6959,51 +6960,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>546712</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7425,54 +7426,54 @@
       <x:c r="I84" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>549512</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7685,215 +7686,213 @@
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>552569</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>549511</x:v>
+        <x:v>507233</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>283</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>608275</x:v>
+        <x:v>507186</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>605524</x:v>
+        <x:v>603638</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -7905,227 +7904,229 @@
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>557041</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>603638</x:v>
+        <x:v>549511</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>507186</x:v>
+        <x:v>608275</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>507233</x:v>
+        <x:v>605524</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -8335,78 +8336,78 @@
         <x:v>501309</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>556373</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
@@ -8690,76 +8691,76 @@
         <x:v>545073</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>552918</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
@@ -8899,51 +8900,51 @@
       <x:c r="J109" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>502397</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9313,51 +9314,51 @@
       <x:c r="J116" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>614687</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9486,51 +9487,51 @@
       <x:c r="J119" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>603639</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9547,51 +9548,51 @@
       <x:c r="J120" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>602759</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9723,51 +9724,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>496831</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9809,75 +9810,75 @@
       <x:c r="S124" s="14" t="n">
         <x:v>502398</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>552912</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
@@ -9983,78 +9984,78 @@
         <x:v>549733</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>511092</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
@@ -10195,51 +10196,51 @@
       <x:c r="J131" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>549227</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -10545,51 +10546,51 @@
       <x:c r="J137" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>514138</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -10666,51 +10667,51 @@
       <x:c r="J139" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>503860</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -10906,51 +10907,51 @@
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>546764</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -11347,57 +11348,57 @@
       <x:c r="J151" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>588315</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -11472,601 +11473,601 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>611791</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>518921</x:v>
+        <x:v>595539</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>595547</x:v>
+        <x:v>595544</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>595550</x:v>
+        <x:v>595553</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>538341</x:v>
+        <x:v>595556</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q158" s="16" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="R158" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S158" s="14" t="n">
+        <x:v>544707</x:v>
+      </x:c>
+      <x:c r="T158" s="16" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="U158" s="16" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>595539</x:v>
+        <x:v>595547</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>595544</x:v>
+        <x:v>595550</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>595553</x:v>
+        <x:v>538341</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>595556</x:v>
+        <x:v>518921</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>544707</x:v>
+        <x:v>614647</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -12094,138 +12095,138 @@
       <x:c r="R164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>538411</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>595549</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>595542</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -12538,87 +12539,87 @@
       <x:c r="R172" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>595555</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>590884</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -12760,78 +12761,78 @@
       <x:c r="R176" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>555189</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>518922</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
@@ -12849,51 +12850,51 @@
       <x:c r="J178" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>502370</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -13288,55 +13289,55 @@
         <x:v>545173</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -13464,54 +13465,54 @@
       <x:c r="S188" s="14" t="n">
         <x:v>608472</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -13757,76 +13758,76 @@
         <x:v>514139</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>605525</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
@@ -13851,77 +13852,77 @@
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -14069,110 +14070,110 @@
       <x:c r="G199" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>507183</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>552913</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
@@ -14219,55 +14220,55 @@
         <x:v>502371</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -14544,51 +14545,51 @@
       <x:c r="J207" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>514140</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -14688,78 +14689,78 @@
         <x:v>498292</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>608183</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
@@ -15096,78 +15097,78 @@
       <x:c r="S216" s="14" t="n">
         <x:v>498535</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>556381</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
@@ -15217,681 +15218,682 @@
       <x:c r="S218" s="14" t="n">
         <x:v>515227</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>600421</x:v>
+        <x:v>545078</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>549238</x:v>
+        <x:v>600421</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>280</x:v>
-[...2 lines deleted...]
-        <x:v>243</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>556575</x:v>
+        <x:v>614603</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>503861</x:v>
+        <x:v>614688</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>504971</x:v>
+        <x:v>556575</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>511096</x:v>
+        <x:v>503861</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>549734</x:v>
+        <x:v>504971</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>353</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>499454</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>614603</x:v>
+        <x:v>511096</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>614688</x:v>
+        <x:v>549734</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>545078</x:v>
+        <x:v>499454</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
@@ -16334,54 +16336,54 @@
         <x:v>546837</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -16452,55 +16454,55 @@
         <x:v>554385</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -16510,54 +16512,54 @@
       <x:c r="S240" s="14" t="n">
         <x:v>605566</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -16626,75 +16628,75 @@
       <x:c r="S242" s="14" t="n">
         <x:v>602082</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>552919</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
@@ -17228,159 +17230,159 @@
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>598487</x:v>
+        <x:v>598399</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>598399</x:v>
+        <x:v>598487</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>509806</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
@@ -17393,277 +17395,277 @@
       <x:c r="J256" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>543713</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>554010</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>507574</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>554769</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>606243</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
@@ -17679,104 +17681,104 @@
       <x:c r="J261" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>543714</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>504168</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
@@ -17792,161 +17794,161 @@
       <x:c r="J263" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>509807</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>553984</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>606242</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
@@ -19024,54 +19026,54 @@
       <x:c r="S284" s="14" t="n">
         <x:v>596939</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -19204,54 +19206,54 @@
         <x:v>609468</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -19603,75 +19605,75 @@
         <x:v>423</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>595851</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>595852</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
@@ -19708,78 +19710,78 @@
       <x:c r="R296" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>588537</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>517234</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
@@ -19822,78 +19824,78 @@
       <x:c r="R298" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>551783</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
@@ -20347,189 +20349,189 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>581523</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>587048</x:v>
+        <x:v>612078</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>587058</x:v>
+        <x:v>587048</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>612078</x:v>
+        <x:v>587058</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
@@ -21006,51 +21008,51 @@
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
@@ -21083,87 +21085,87 @@
       <x:c r="R322" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>576774</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>548144</x:v>
+        <x:v>548004</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
@@ -21179,105 +21181,105 @@
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>548004</x:v>
+        <x:v>548144</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
@@ -23211,51 +23213,51 @@
       <x:c r="J360" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>611489</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
@@ -23692,87 +23694,87 @@
       <x:c r="R368" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>576775</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>548146</x:v>
+        <x:v>548006</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
@@ -23787,114 +23789,114 @@
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>548006</x:v>
+        <x:v>548008</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>548008</x:v>
+        <x:v>548146</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
@@ -24478,57 +24480,57 @@
       <x:c r="J382" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>597722</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
@@ -24538,51 +24540,51 @@
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>578115</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
@@ -24634,107 +24636,107 @@
       <x:c r="I385" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>568784</x:v>
+        <x:v>568786</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>568786</x:v>
+        <x:v>568784</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
@@ -24838,51 +24840,51 @@
       <x:c r="I389" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>568787</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -25183,51 +25185,51 @@
       <x:c r="L395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>545464</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
@@ -25528,57 +25530,57 @@
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>540446</x:v>
+        <x:v>618214</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
@@ -25587,57 +25589,57 @@
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>618214</x:v>
+        <x:v>540446</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -27273,199 +27275,199 @@
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>573846</x:v>
+        <x:v>599461</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>31113</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>598115</x:v>
+        <x:v>573846</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>599461</x:v>
+        <x:v>598115</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -27916,51 +27918,51 @@
       <x:c r="J443" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>573843</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
@@ -28141,51 +28143,51 @@
       <x:c r="J447" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
@@ -28429,51 +28431,51 @@
       <x:c r="L452" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
@@ -28602,51 +28604,51 @@
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
@@ -28773,51 +28775,51 @@
       <x:c r="J458" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>549272</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -28830,51 +28832,51 @@
       <x:c r="J459" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>549514</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -28886,54 +28888,54 @@
       <x:c r="I460" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -29059,357 +29061,356 @@
       <x:c r="I463" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>552931</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>605529</x:v>
+        <x:v>555058</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>277</x:v>
-[...1 lines deleted...]
-      <x:c r="H466" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>549513</x:v>
+        <x:v>611092</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>611092</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>555058</x:v>
+        <x:v>549513</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -29469,51 +29470,51 @@
       <x:c r="I470" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>607731</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
@@ -29590,60 +29591,60 @@
       <x:c r="J472" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>614700</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -30359,78 +30360,78 @@
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>586892</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>571293</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
@@ -30694,78 +30695,78 @@
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>598124</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>585556</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
@@ -31074,51 +31075,51 @@
       <x:c r="J498" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>580570</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -31673,54 +31674,54 @@
       <x:c r="T508" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
@@ -32012,78 +32013,78 @@
       <x:c r="R514" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>587721</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>600394</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
@@ -32238,97 +32239,100 @@
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>563163</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>31115</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H519" s="0" t="s">
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>598125</x:v>
+        <x:v>523248</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>684</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -32338,54 +32342,54 @@
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>571768</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="U520" s="16" t="s">
         <x:v>685</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -32452,288 +32456,285 @@
       <x:c r="M522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>600392</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>409</x:v>
-[...2 lines deleted...]
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>523248</x:v>
+        <x:v>598125</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>688</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="Q524" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R524" s="14" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="S524" s="14" t="n">
+        <x:v>555059</x:v>
+      </x:c>
+      <x:c r="T524" s="16" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="Q524" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>602872</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>625</x:v>
-[...1 lines deleted...]
-      <x:c r="H526" s="14" t="s"/>
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
+        <x:v>690</x:v>
+      </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>555059</x:v>
+        <x:v>501247</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -32743,51 +32744,51 @@
       <x:c r="L527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>500809</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
@@ -32859,51 +32860,51 @@
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>558374</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>55</x:v>
@@ -33030,51 +33031,51 @@
       <x:c r="I532" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>607735</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
@@ -33146,54 +33147,54 @@
       <x:c r="I534" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>555060</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -33234,78 +33235,78 @@
         <x:v>500808</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>556079</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
@@ -33388,51 +33389,51 @@
       <x:c r="J538" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>564559</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>34</x:v>
       </x:c>