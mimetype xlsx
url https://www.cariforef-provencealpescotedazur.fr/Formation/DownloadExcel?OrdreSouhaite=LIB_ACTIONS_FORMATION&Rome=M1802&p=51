--- v2 (2026-02-10)
+++ v3 (2026-02-10)
@@ -1574,54 +1574,54 @@
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture informatique (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole 42 - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>expert en cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en data science - Data Engineer</x:t>
   </x:si>
@@ -17039,125 +17039,125 @@
       <x:c r="G253" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>534966</x:v>
+        <x:v>550745</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>550745</x:v>
+        <x:v>534966</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="U254" s="16" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -17167,51 +17167,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>550746</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
@@ -17229,108 +17229,108 @@
       <x:c r="M256" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>550910</x:v>
+        <x:v>534969</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="U257" s="4" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -17339,57 +17339,57 @@
       <x:c r="K258" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>534969</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -17402,51 +17402,51 @@
       <x:c r="M259" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
@@ -17461,51 +17461,51 @@
       <x:c r="M260" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -17515,51 +17515,51 @@
       <x:c r="L261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>550914</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
@@ -17574,51 +17574,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>550915</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -19215,51 +19215,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
@@ -19277,51 +19277,51 @@
       <x:c r="M292" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20254,51 +20254,51 @@
       <x:c r="M309" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>535023</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -20310,51 +20310,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>550955</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -20370,51 +20370,51 @@
       <x:c r="M311" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -20426,51 +20426,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>550953</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -20483,51 +20483,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>551039</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
@@ -20545,51 +20545,51 @@
       <x:c r="M314" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -20602,51 +20602,51 @@
       <x:c r="M315" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -20658,51 +20658,51 @@
       <x:c r="L316" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>551041</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -20718,51 +20718,51 @@
       <x:c r="M317" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>535026</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
@@ -20777,51 +20777,51 @@
       <x:c r="M318" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>535027</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -20831,51 +20831,51 @@
       <x:c r="L319" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>551044</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
@@ -20890,51 +20890,51 @@
       <x:c r="L320" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>551046</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35284</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -25392,51 +25392,51 @@
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
@@ -28818,106 +28818,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>613128</x:v>
+        <x:v>613147</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>613133</x:v>
+        <x:v>613150</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -28925,106 +28925,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>613147</x:v>
+        <x:v>613152</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>613150</x:v>
+        <x:v>613128</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -29032,54 +29032,54 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>613152</x:v>
+        <x:v>613133</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>410</x:v>
@@ -40123,150 +40123,151 @@
         <x:v>558745</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>825</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>614700</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H669" s="0" t="s">
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>607731</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">