--- v2 (2026-02-11)
+++ v3 (2026-02-11)
@@ -992,113 +992,113 @@
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain</x:t>
   </x:si>
   <x:si>
     <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité informatique parcours réalisation d'applications : conception, développement, validation</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langages informatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Langages informatiques</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité informatique parcours réalisation d'applications : conception, développement, validation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2023 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
   </x:si>
   <x:si>
     <x:t>Cloud Computing</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
@@ -1322,86 +1322,86 @@
   <x:si>
     <x:t>MBS</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-MAXIME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
-    <x:t>SALON-DE-PROVENCE</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur développeur d'applications (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur intégrateur de solutions en Internet des objets (IoT) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
@@ -1412,62 +1412,62 @@
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Création de maquette multi - plateformes avec Figma</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/22/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité  Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité - Protéger son entreprise TPE/PME et assurer sa conformité (RGPD / NIS 2)</x:t>
@@ -1574,56 +1574,56 @@
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture informatique (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole 42 - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>expert en cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en data science - Data Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>Data science</x:t>
@@ -2510,150 +2510,150 @@
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>07/06/2029 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>08/28/2026 00:00:00</x:t>
+    <x:t>Dawan|Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Dawan|Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC01 Administrer et sécuriser les infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC02 Concevoir et mettre en œuvre une solution en réponse à un besoin d'évolution</x:t>
   </x:si>
@@ -7777,177 +7777,178 @@
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>583890</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="S85" s="0" t="n">
+        <x:v>575980</x:v>
+      </x:c>
+      <x:c r="T85" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="U85" s="4" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="H86" s="14" t="s">
+      <x:c r="H86" s="14" t="s"/>
+      <x:c r="I86" s="16" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>575980</x:v>
+        <x:v>596784</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
@@ -7956,93 +7957,93 @@
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>596783</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>575981</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -8349,57 +8350,57 @@
       <x:c r="K94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>603416</x:v>
+        <x:v>453843</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -8409,54 +8410,54 @@
       <x:c r="K95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>453843</x:v>
+        <x:v>603416</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>320</x:v>
@@ -8476,51 +8477,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>554881</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -8553,204 +8554,204 @@
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>603414</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>596797</x:v>
+        <x:v>596796</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>596796</x:v>
+        <x:v>596797</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>575556</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -8827,51 +8828,51 @@
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>603428</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -8945,54 +8946,54 @@
       <x:c r="L104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>453831</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="U104" s="16" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -9008,51 +9009,51 @@
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>554883</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35511</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -9122,54 +9123,54 @@
       <x:c r="L107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31011</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>453836</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="U107" s="4" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -9239,54 +9240,54 @@
       <x:c r="L109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="U109" s="4" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
@@ -9883,272 +9884,273 @@
       <x:c r="S120" s="14" t="n">
         <x:v>609471</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>604383</x:v>
+        <x:v>609468</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>556789</x:v>
+        <x:v>571049</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>571049</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>366</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>609468</x:v>
+        <x:v>604383</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -10335,51 +10337,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -10432,75 +10434,75 @@
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>546300</x:v>
+        <x:v>546302</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -10553,75 +10555,75 @@
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>546302</x:v>
+        <x:v>546300</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -11060,234 +11062,234 @@
       <x:c r="R141" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592952</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>592950</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>592581</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>592582</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>180</x:v>
@@ -12290,54 +12292,54 @@
       <x:c r="I165" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>602403</x:v>
+        <x:v>602388</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -12345,106 +12347,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>602388</x:v>
+        <x:v>602393</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>602393</x:v>
+        <x:v>602394</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -12455,103 +12457,103 @@
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>602394</x:v>
+        <x:v>602398</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>602398</x:v>
+        <x:v>602399</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -12562,103 +12564,103 @@
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>602399</x:v>
+        <x:v>602401</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>602401</x:v>
+        <x:v>602404</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -12666,54 +12668,54 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>602404</x:v>
+        <x:v>602405</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>410</x:v>
@@ -12721,51 +12723,51 @@
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>602405</x:v>
+        <x:v>602414</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -12776,51 +12778,51 @@
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>602414</x:v>
+        <x:v>602417</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>410</x:v>
@@ -12828,51 +12830,51 @@
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>602417</x:v>
+        <x:v>602420</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -12880,106 +12882,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>602420</x:v>
+        <x:v>602430</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>602430</x:v>
+        <x:v>602434</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -12987,106 +12989,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>602434</x:v>
+        <x:v>613176</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>613176</x:v>
+        <x:v>613179</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13094,106 +13096,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>613179</x:v>
+        <x:v>613192</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>613192</x:v>
+        <x:v>613193</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13204,103 +13206,103 @@
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>613193</x:v>
+        <x:v>613195</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>613195</x:v>
+        <x:v>613203</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13308,106 +13310,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>613203</x:v>
+        <x:v>613204</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>613204</x:v>
+        <x:v>613170</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13415,106 +13417,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>613170</x:v>
+        <x:v>613185</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>613185</x:v>
+        <x:v>613197</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13525,262 +13527,262 @@
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>613197</x:v>
+        <x:v>613201</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>613201</x:v>
+        <x:v>602416</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>602416</x:v>
+        <x:v>602427</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>602427</x:v>
+        <x:v>613205</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>602425</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>409</x:v>
@@ -13843,51 +13845,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>613180</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>409</x:v>
@@ -13895,51 +13897,51 @@
       <x:c r="I195" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>613182</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -14002,161 +14004,161 @@
       <x:c r="I197" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>613205</x:v>
+        <x:v>602413</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>602413</x:v>
+        <x:v>602423</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>602423</x:v>
+        <x:v>602426</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14164,213 +14166,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>602426</x:v>
+        <x:v>602429</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>602429</x:v>
+        <x:v>613177</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>613177</x:v>
+        <x:v>613178</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>613178</x:v>
+        <x:v>613184</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14378,106 +14380,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>613184</x:v>
+        <x:v>613189</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>613189</x:v>
+        <x:v>613196</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14485,106 +14487,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>613196</x:v>
+        <x:v>613198</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>613198</x:v>
+        <x:v>613171</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14592,106 +14594,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>602389</x:v>
+        <x:v>613186</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>602390</x:v>
+        <x:v>602406</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14699,106 +14701,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>602406</x:v>
+        <x:v>602410</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>602410</x:v>
+        <x:v>602421</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14806,213 +14808,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>602421</x:v>
+        <x:v>602389</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>613171</x:v>
+        <x:v>602390</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>613186</x:v>
+        <x:v>613169</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>613169</x:v>
+        <x:v>613187</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -15020,106 +15022,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>613187</x:v>
+        <x:v>613200</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>613200</x:v>
+        <x:v>613202</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -15127,106 +15129,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>613202</x:v>
+        <x:v>602432</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>602432</x:v>
+        <x:v>602403</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>40</x:v>
@@ -15527,51 +15529,51 @@
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>576524</x:v>
+        <x:v>576521</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>250</x:v>
@@ -15580,51 +15582,51 @@
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>576521</x:v>
+        <x:v>576524</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
@@ -17037,125 +17039,125 @@
       <x:c r="G253" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>550745</x:v>
+        <x:v>534966</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="U253" s="4" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>534966</x:v>
+        <x:v>550745</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -17165,51 +17167,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>550746</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
@@ -17227,108 +17229,108 @@
       <x:c r="M256" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>534969</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -17337,57 +17339,57 @@
       <x:c r="K258" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>534969</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="U258" s="16" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -17400,51 +17402,51 @@
       <x:c r="M259" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
@@ -17459,51 +17461,51 @@
       <x:c r="M260" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -17513,51 +17515,51 @@
       <x:c r="L261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>550914</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
@@ -17572,51 +17574,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>550915</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -19213,51 +19215,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
@@ -19275,51 +19277,51 @@
       <x:c r="M292" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20252,51 +20254,51 @@
       <x:c r="M309" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>535023</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -20308,51 +20310,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>550955</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -20368,51 +20370,51 @@
       <x:c r="M311" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -20424,51 +20426,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>550953</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -20481,51 +20483,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>551039</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
@@ -20543,51 +20545,51 @@
       <x:c r="M314" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -20600,51 +20602,51 @@
       <x:c r="M315" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -20656,51 +20658,51 @@
       <x:c r="L316" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>551041</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -20716,51 +20718,51 @@
       <x:c r="M317" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>535026</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
@@ -20775,51 +20777,51 @@
       <x:c r="M318" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>535027</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -20829,51 +20831,51 @@
       <x:c r="L319" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>551044</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
@@ -20888,51 +20890,51 @@
       <x:c r="L320" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>551046</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35284</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -21059,51 +21061,51 @@
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>448036</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
@@ -21730,54 +21732,54 @@
       <x:c r="I335" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>603830</x:v>
+        <x:v>603821</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -21785,106 +21787,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>603846</x:v>
+        <x:v>603830</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>603851</x:v>
+        <x:v>603846</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -21892,213 +21894,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>613436</x:v>
+        <x:v>603851</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>613441</x:v>
+        <x:v>603811</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>613442</x:v>
+        <x:v>613436</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>613443</x:v>
+        <x:v>613441</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22106,106 +22108,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>613454</x:v>
+        <x:v>613442</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>613455</x:v>
+        <x:v>613443</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22213,213 +22215,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>613461</x:v>
+        <x:v>613454</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>603811</x:v>
+        <x:v>613455</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>603834</x:v>
+        <x:v>613461</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>603845</x:v>
+        <x:v>603834</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22427,106 +22429,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>603849</x:v>
+        <x:v>603845</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>603859</x:v>
+        <x:v>603849</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22534,106 +22536,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>603864</x:v>
+        <x:v>603859</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>603867</x:v>
+        <x:v>603864</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22641,106 +22643,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>613432</x:v>
+        <x:v>603867</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>613433</x:v>
+        <x:v>613432</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22748,106 +22750,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>613448</x:v>
+        <x:v>613433</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>613449</x:v>
+        <x:v>613448</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22855,103 +22857,103 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>603821</x:v>
+        <x:v>613449</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>603832</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -23069,51 +23071,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>603861</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>409</x:v>
@@ -23228,51 +23230,51 @@
       <x:c r="I363" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>613439</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -23283,51 +23285,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>613446</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>409</x:v>
@@ -23818,106 +23820,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>603835</x:v>
+        <x:v>603814</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>603841</x:v>
+        <x:v>603835</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -23925,106 +23927,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>613440</x:v>
+        <x:v>603841</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>613445</x:v>
+        <x:v>613440</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -24032,60 +24034,60 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>603814</x:v>
+        <x:v>613445</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>26</x:v>
@@ -24246,51 +24248,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>603823</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>409</x:v>
@@ -24353,51 +24355,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>603828</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>409</x:v>
@@ -24460,51 +24462,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>603837</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>409</x:v>
@@ -24512,51 +24514,51 @@
       <x:c r="I387" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>603843</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -24619,51 +24621,51 @@
       <x:c r="I389" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>613437</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -24781,51 +24783,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>613451</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>409</x:v>
@@ -24833,51 +24835,51 @@
       <x:c r="I393" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>613453</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -25154,51 +25156,51 @@
       <x:c r="I399" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>613457</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -25390,51 +25392,51 @@
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
@@ -25785,78 +25787,78 @@
       <x:c r="R410" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>595622</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
@@ -26060,57 +26062,57 @@
       <x:c r="K415" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>555740</x:v>
+        <x:v>501632</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>620</x:v>
@@ -26121,57 +26123,57 @@
       <x:c r="K416" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>605775</x:v>
+        <x:v>555740</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
@@ -26181,116 +26183,116 @@
       <x:c r="K417" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>501632</x:v>
+        <x:v>605775</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>575051</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35568</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -26590,51 +26592,51 @@
       <x:c r="L424" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>451268</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
@@ -26650,51 +26652,51 @@
       <x:c r="L425" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>451269</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>619</x:v>
@@ -27785,51 +27787,51 @@
       <x:c r="J445" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>600422</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -27844,51 +27846,51 @@
       <x:c r="J446" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>600423</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -28281,51 +28283,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>613140</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>409</x:v>
@@ -28333,51 +28335,51 @@
       <x:c r="I455" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>602376</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -28440,51 +28442,51 @@
       <x:c r="I457" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>602362</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -28495,51 +28497,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>602364</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>409</x:v>
@@ -28709,213 +28711,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>602355</x:v>
+        <x:v>613128</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>602363</x:v>
+        <x:v>613133</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>613128</x:v>
+        <x:v>613147</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>613133</x:v>
+        <x:v>613150</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -28923,213 +28925,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>613147</x:v>
+        <x:v>613152</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>613150</x:v>
+        <x:v>602371</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>613152</x:v>
+        <x:v>602373</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>602371</x:v>
+        <x:v>602383</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -29137,213 +29139,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>602373</x:v>
+        <x:v>613125</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>602383</x:v>
+        <x:v>613127</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>613125</x:v>
+        <x:v>613132</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>613127</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -29351,213 +29353,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>613132</x:v>
+        <x:v>613145</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>613137</x:v>
+        <x:v>602355</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>613145</x:v>
+        <x:v>602363</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>602382</x:v>
+        <x:v>602377</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -29565,213 +29567,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>613126</x:v>
+        <x:v>602382</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>613129</x:v>
+        <x:v>602365</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>613143</x:v>
+        <x:v>602366</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>613148</x:v>
+        <x:v>613153</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -29779,268 +29781,268 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>602358</x:v>
+        <x:v>613126</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>602377</x:v>
+        <x:v>613129</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>613153</x:v>
+        <x:v>613143</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>602365</x:v>
+        <x:v>613148</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>602366</x:v>
+        <x:v>602358</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>410</x:v>
@@ -30259,51 +30261,51 @@
       <x:c r="I491" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>602387</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -30366,51 +30368,51 @@
       <x:c r="I493" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>613138</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -30421,51 +30423,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>613141</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>409</x:v>
@@ -30528,51 +30530,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>602378</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>409</x:v>
@@ -30580,51 +30582,51 @@
       <x:c r="I497" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>602379</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -30687,51 +30689,51 @@
       <x:c r="I499" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>602367</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -30742,51 +30744,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>602374</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>409</x:v>
@@ -31115,51 +31117,51 @@
       <x:c r="I507" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>613131</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -31170,51 +31172,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>613134</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>409</x:v>
@@ -31436,51 +31438,51 @@
       <x:c r="I513" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>613146</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -31491,51 +31493,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>613149</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>656</x:v>
@@ -31673,133 +31675,133 @@
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>592357</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>592353</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
@@ -31815,51 +31817,51 @@
       <x:c r="J520" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>592355</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
@@ -31895,109 +31897,109 @@
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>592358</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>592354</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -32061,405 +32063,405 @@
       <x:c r="R524" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>592356</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>574908</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>574909</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>611489</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>574911</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>574912</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>574913</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -32468,93 +32470,93 @@
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I532" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>40102</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -32587,148 +32589,148 @@
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>614634</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>592404</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
@@ -33383,51 +33385,51 @@
       <x:c r="M548" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -33773,125 +33775,125 @@
       <x:c r="G555" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>549331</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>549300</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -34368,51 +34370,51 @@
       <x:c r="J565" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>564562</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34429,51 +34431,51 @@
       <x:c r="J566" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>547219</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34489,51 +34491,51 @@
       <x:c r="J567" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>510433</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34550,51 +34552,51 @@
       <x:c r="J568" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>446095</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34610,51 +34612,51 @@
       <x:c r="J569" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>510493</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34671,51 +34673,51 @@
       <x:c r="J570" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>547223</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34731,51 +34733,51 @@
       <x:c r="J571" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>510429</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34792,57 +34794,57 @@
       <x:c r="J572" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>471084</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -34872,264 +34874,264 @@
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>597444</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>597445</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>576312</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I576" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>576313</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>576314</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38296</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -35187,135 +35189,135 @@
       <x:c r="J579" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>597722</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>592081</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
@@ -35324,55 +35326,55 @@
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>592079</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -35688,408 +35690,408 @@
       <x:c r="J588" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>592085</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I590" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I592" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>41077</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -36171,394 +36173,394 @@
       <x:c r="R596" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>592283</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>592284</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
         <x:v>592285</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>592286</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I600" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>579574</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>579573</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I602" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
@@ -36622,284 +36624,284 @@
       <x:c r="R604" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I606" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>591932</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
@@ -36963,54 +36965,54 @@
       <x:c r="R610" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>591931</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
@@ -37019,209 +37021,209 @@
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>591934</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I612" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>581574</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>575008</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I614" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>575009</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>27</x:v>
@@ -37241,132 +37243,132 @@
       <x:c r="R615" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>596819</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C616" s="15" t="s"/>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s"/>
       <x:c r="K616" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>594243</x:v>
+        <x:v>594244</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C617" s="3" t="s"/>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>594244</x:v>
+        <x:v>594243</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C618" s="15" t="s"/>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
@@ -37440,51 +37442,51 @@
       <x:c r="M619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>571008</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s"/>
       <x:c r="K620" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
@@ -37793,100 +37795,100 @@
       <x:c r="K626" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>586559</x:v>
+        <x:v>586560</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>586560</x:v>
+        <x:v>586559</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>250</x:v>
@@ -38189,927 +38191,927 @@
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>558379</x:v>
+        <x:v>616479</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>573846</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="Q636" s="16" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="R636" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S636" s="14" t="n">
+        <x:v>599461</x:v>
+      </x:c>
+      <x:c r="T636" s="16" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="U636" s="16" t="s">
         <x:v>815</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>599461</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>616479</x:v>
+        <x:v>573846</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>817</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>545464</x:v>
+        <x:v>581511</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>573280</x:v>
+        <x:v>587738</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>573843</x:v>
+        <x:v>581515</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>543577</x:v>
+        <x:v>573280</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
-        <x:v>822</x:v>
-[...2 lines deleted...]
-        <x:v>823</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>608142</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="H644" s="14" t="s">
+      <x:c r="H644" s="14" t="s"/>
+      <x:c r="I644" s="16" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="Q644" s="16" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="R644" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="Q644" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>608141</x:v>
+        <x:v>543577</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H645" s="0" t="s">
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>543571</x:v>
+        <x:v>608142</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>566</x:v>
-[...1 lines deleted...]
-      <x:c r="H646" s="14" t="s"/>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H646" s="14" t="s">
+        <x:v>826</x:v>
+      </x:c>
       <x:c r="I646" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>545465</x:v>
+        <x:v>608141</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>825</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>601759</x:v>
+        <x:v>543571</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>587738</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>581515</x:v>
+        <x:v>601759</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -39122,99 +39124,99 @@
       <x:c r="M650" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
@@ -39347,51 +39349,51 @@
       <x:c r="M654" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>573182</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -39539,616 +39541,614 @@
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H658" s="14" t="s"/>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H658" s="14" t="s">
+        <x:v>826</x:v>
+      </x:c>
       <x:c r="I658" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K658" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
-        <x:v>605581</x:v>
+        <x:v>611092</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
-        <x:v>558745</x:v>
+        <x:v>549019</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>822</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>614700</x:v>
+        <x:v>500792</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>607731</x:v>
+        <x:v>555057</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
-        <x:v>605529</x:v>
+        <x:v>605580</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
-        <x:v>553577</x:v>
+        <x:v>601940</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>500792</x:v>
+        <x:v>549514</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>555057</x:v>
+        <x:v>598916</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
-        <x:v>822</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>611092</x:v>
+        <x:v>605581</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="E667" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>549019</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
@@ -40157,348 +40157,351 @@
       <x:c r="K668" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>605580</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>601940</x:v>
+        <x:v>558745</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>835</x:v>
-[...1 lines deleted...]
-      <x:c r="H670" s="14" t="s"/>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H670" s="14" t="s">
+        <x:v>826</x:v>
+      </x:c>
       <x:c r="I670" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>549514</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>598916</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>822</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>549272</x:v>
+        <x:v>498751</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H673" s="0" t="s">
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>498751</x:v>
+        <x:v>549272</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
@@ -40531,51 +40534,51 @@
       <x:c r="S674" s="14" t="n">
         <x:v>555619</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
@@ -40614,51 +40617,51 @@
         <x:v>470</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>555058</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
@@ -41250,51 +41253,51 @@
       <x:c r="J687" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>613587</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
@@ -41309,51 +41312,51 @@
       <x:c r="J688" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>613589</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
@@ -41477,51 +41480,51 @@
       <x:c r="J691" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>613588</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -41638,51 +41641,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s"/>
       <x:c r="K694" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>603690</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C695" s="3" t="s"/>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>410</x:v>
@@ -41740,51 +41743,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s"/>
       <x:c r="K696" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>603694</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C697" s="3" t="s"/>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>410</x:v>
@@ -41891,2295 +41894,2295 @@
       <x:c r="I699" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>603678</x:v>
+        <x:v>612697</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C700" s="15" t="s"/>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s"/>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s"/>
       <x:c r="I700" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s"/>
       <x:c r="K700" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>603712</x:v>
+        <x:v>612706</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C701" s="3" t="s"/>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>603717</x:v>
+        <x:v>612622</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C702" s="15" t="s"/>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s"/>
       <x:c r="K702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>612697</x:v>
+        <x:v>612627</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C703" s="3" t="s"/>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>612706</x:v>
+        <x:v>612630</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C704" s="15" t="s"/>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s"/>
       <x:c r="K704" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>612622</x:v>
+        <x:v>612632</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C705" s="3" t="s"/>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>612627</x:v>
+        <x:v>612633</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C706" s="15" t="s"/>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s"/>
       <x:c r="K706" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>612630</x:v>
+        <x:v>612684</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C707" s="3" t="s"/>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
-        <x:v>612632</x:v>
+        <x:v>612687</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C708" s="15" t="s"/>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s"/>
       <x:c r="K708" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
-        <x:v>612633</x:v>
+        <x:v>612698</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C709" s="3" t="s"/>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
-        <x:v>612684</x:v>
+        <x:v>612699</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C710" s="15" t="s"/>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s"/>
       <x:c r="K710" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>612687</x:v>
+        <x:v>612700</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C711" s="3" t="s"/>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>612698</x:v>
+        <x:v>612701</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C712" s="15" t="s"/>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s"/>
       <x:c r="K712" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>612699</x:v>
+        <x:v>612703</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C713" s="3" t="s"/>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>612700</x:v>
+        <x:v>612708</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C714" s="15" t="s"/>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s"/>
       <x:c r="K714" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>612701</x:v>
+        <x:v>612709</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C715" s="3" t="s"/>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
-        <x:v>612703</x:v>
+        <x:v>603679</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C716" s="15" t="s"/>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s"/>
       <x:c r="K716" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
-        <x:v>612708</x:v>
+        <x:v>603681</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C717" s="3" t="s"/>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
-        <x:v>612709</x:v>
+        <x:v>603683</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C718" s="15" t="s"/>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s"/>
       <x:c r="K718" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
-        <x:v>603679</x:v>
+        <x:v>603697</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C719" s="3" t="s"/>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>603681</x:v>
+        <x:v>603700</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s"/>
       <x:c r="K720" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>603683</x:v>
+        <x:v>603701</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
-        <x:v>603697</x:v>
+        <x:v>603703</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C722" s="15" t="s"/>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s"/>
       <x:c r="K722" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
-        <x:v>603700</x:v>
+        <x:v>603707</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C723" s="3" t="s"/>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
-        <x:v>603701</x:v>
+        <x:v>603709</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s"/>
       <x:c r="K724" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
-        <x:v>603703</x:v>
+        <x:v>603711</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C725" s="3" t="s"/>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
-        <x:v>603707</x:v>
+        <x:v>603718</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C726" s="15" t="s"/>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s"/>
       <x:c r="I726" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s"/>
       <x:c r="K726" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
-        <x:v>603709</x:v>
+        <x:v>612623</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C727" s="3" t="s"/>
       <x:c r="D727" s="3" t="s"/>
       <x:c r="G727" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
-        <x:v>603711</x:v>
+        <x:v>612628</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C728" s="15" t="s"/>
       <x:c r="D728" s="15" t="s"/>
       <x:c r="E728" s="14" t="s"/>
       <x:c r="F728" s="14" t="s"/>
       <x:c r="G728" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H728" s="14" t="s"/>
       <x:c r="I728" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J728" s="14" t="s"/>
       <x:c r="K728" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L728" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M728" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
-        <x:v>603718</x:v>
+        <x:v>612688</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C729" s="3" t="s"/>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="G729" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
-        <x:v>603708</x:v>
+        <x:v>612695</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C730" s="15" t="s"/>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H730" s="14" t="s"/>
       <x:c r="I730" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s"/>
       <x:c r="K730" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N730" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O730" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P730" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
-        <x:v>603710</x:v>
+        <x:v>603708</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C731" s="3" t="s"/>
       <x:c r="D731" s="3" t="s"/>
       <x:c r="G731" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
-        <x:v>612623</x:v>
+        <x:v>603710</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C732" s="15" t="s"/>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s"/>
       <x:c r="I732" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s"/>
       <x:c r="K732" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
-        <x:v>612628</x:v>
+        <x:v>603685</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C733" s="3" t="s"/>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
-        <x:v>612688</x:v>
+        <x:v>603689</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C734" s="15" t="s"/>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s"/>
       <x:c r="I734" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s"/>
       <x:c r="K734" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
-        <x:v>612695</x:v>
+        <x:v>603715</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C735" s="3" t="s"/>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
-        <x:v>603685</x:v>
+        <x:v>603716</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C736" s="15" t="s"/>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s"/>
       <x:c r="I736" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s"/>
       <x:c r="K736" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
-        <x:v>603689</x:v>
+        <x:v>612691</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C737" s="3" t="s"/>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="G737" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
-        <x:v>603715</x:v>
+        <x:v>612625</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C738" s="15" t="s"/>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H738" s="14" t="s"/>
       <x:c r="I738" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s"/>
       <x:c r="K738" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
-        <x:v>603716</x:v>
+        <x:v>612690</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C739" s="3" t="s"/>
       <x:c r="D739" s="3" t="s"/>
       <x:c r="G739" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
-        <x:v>612691</x:v>
+        <x:v>603678</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C740" s="15" t="s"/>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s"/>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s"/>
       <x:c r="I740" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J740" s="14" t="s"/>
       <x:c r="K740" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
-        <x:v>871</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>612625</x:v>
+        <x:v>603712</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C741" s="3" t="s"/>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>612690</x:v>
+        <x:v>603717</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C742" s="15" t="s"/>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s"/>
       <x:c r="I742" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s"/>
       <x:c r="K742" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
         <x:v>612696</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C743" s="3" t="s"/>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="G743" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
         <x:v>612702</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C744" s="15" t="s"/>
       <x:c r="D744" s="15" t="s"/>
       <x:c r="E744" s="14" t="s"/>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
@@ -44237,51 +44240,51 @@
       <x:c r="I745" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
         <x:v>612705</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C746" s="15" t="s"/>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
@@ -44441,51 +44444,51 @@
       <x:c r="I749" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
         <x:v>603704</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C750" s="15" t="s"/>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
@@ -44543,51 +44546,51 @@
       <x:c r="I751" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
         <x:v>603722</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C752" s="15" t="s"/>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
@@ -44800,51 +44803,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s"/>
       <x:c r="K756" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
         <x:v>612686</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C757" s="3" t="s"/>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
         <x:v>410</x:v>
@@ -44902,51 +44905,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J758" s="14" t="s"/>
       <x:c r="K758" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
         <x:v>612693</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C759" s="3" t="s"/>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="G759" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
         <x:v>410</x:v>
@@ -45004,100 +45007,100 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J760" s="14" t="s"/>
       <x:c r="K760" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L760" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M760" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
         <x:v>603695</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C761" s="3" t="s"/>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="G761" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I761" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
         <x:v>603698</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C762" s="15" t="s"/>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
@@ -45106,51 +45109,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J762" s="14" t="s"/>
       <x:c r="K762" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
         <x:v>603713</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C763" s="3" t="s"/>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
         <x:v>873</x:v>