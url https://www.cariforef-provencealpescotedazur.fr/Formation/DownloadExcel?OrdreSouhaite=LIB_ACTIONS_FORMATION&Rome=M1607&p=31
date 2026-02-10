--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -2180,66 +2180,66 @@
   <x:si>
     <x:t>Microsoft 365 les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft 365 Maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Outlook Collaboration et efficacité dans l’écosystème Microsoft 365</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Outlook</x:t>
   </x:si>
   <x:si>
     <x:t>Outlook Maîtriser la gestion des emails professionnels</x:t>
   </x:si>
   <x:si>
     <x:t>Pack Office : maîtriser les bases d’Excel, Word, PowerPoint et Outlook</x:t>
   </x:si>
   <x:si>
     <x:t>DCP Formation</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
+    <x:t>BARCELONNETTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA COLLE-SUR-LOUP</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>LAGNES</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>LA COLLE-SUR-LOUP</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>ARVIEUX</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>EYGLIERS</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT BONNET EN CHAMPSAUR</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
   </x:si>
@@ -7475,205 +7475,205 @@
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>611958</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>611960</x:v>
+        <x:v>519390</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>611961</x:v>
+        <x:v>611960</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>519390</x:v>
+        <x:v>611961</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -17955,217 +17955,216 @@
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>573504</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>573503</x:v>
+        <x:v>592206</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>190</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>557</x:v>
-[...1 lines deleted...]
-      <x:c r="H264" s="14" t="s"/>
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s">
+        <x:v>566</x:v>
+      </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>592206</x:v>
+        <x:v>576289</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>576289</x:v>
+        <x:v>573503</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -26223,511 +26222,511 @@
         <x:v>702</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>612581</x:v>
+        <x:v>612528</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>612584</x:v>
+        <x:v>612546</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>612596</x:v>
+        <x:v>612549</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>612615</x:v>
+        <x:v>612581</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>612644</x:v>
+        <x:v>612584</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>612637</x:v>
+        <x:v>612596</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>612647</x:v>
+        <x:v>612615</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>612528</x:v>
+        <x:v>612644</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>612546</x:v>
+        <x:v>612637</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>612549</x:v>
+        <x:v>612647</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>702</x:v>
@@ -32139,939 +32138,939 @@
         <x:v>319</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>616592</x:v>
+        <x:v>605285</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>605285</x:v>
+        <x:v>605291</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s"/>
       <x:c r="K538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>605291</x:v>
+        <x:v>605293</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>605293</x:v>
+        <x:v>605294</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>605294</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>605308</x:v>
+        <x:v>605311</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s"/>
       <x:c r="K542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>605311</x:v>
+        <x:v>605314</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>605314</x:v>
+        <x:v>616598</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>616598</x:v>
+        <x:v>616636</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>616636</x:v>
+        <x:v>616651</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s"/>
       <x:c r="K546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>616651</x:v>
+        <x:v>616653</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>616653</x:v>
+        <x:v>616667</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>616667</x:v>
+        <x:v>616672</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>616672</x:v>
+        <x:v>605299</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>607</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>605299</x:v>
+        <x:v>605329</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C551" s="3" t="s"/>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>605329</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I552" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>513053</x:v>
+        <x:v>524894</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>524894</x:v>
+        <x:v>513053</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
@@ -35109,51 +35108,51 @@
       <x:c r="J589" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>588155</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
@@ -36181,51 +36180,51 @@
       <x:c r="J608" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>588152</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
@@ -36471,507 +36470,508 @@
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>587702</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>795</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>571290</x:v>
+        <x:v>574576</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>684</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>685</x:v>
+        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>574576</x:v>
+        <x:v>571290</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
-        <x:v>797</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>599042</x:v>
+        <x:v>590000</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>590000</x:v>
+        <x:v>588262</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>811</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>588262</x:v>
+        <x:v>603786</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>603786</x:v>
+        <x:v>556682</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
-        <x:v>813</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>556682</x:v>
+        <x:v>599563</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>814</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="H621" s="0" t="s">
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>599563</x:v>
+        <x:v>599042</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
@@ -37273,51 +37273,51 @@
       <x:c r="J627" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>588261</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -44026,141 +44026,140 @@
       <x:c r="R753" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
         <x:v>575137</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
-        <x:v>590</x:v>
-[...1 lines deleted...]
-      <x:c r="H754" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H754" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I754" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s"/>
       <x:c r="K754" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
-        <x:v>575135</x:v>
+        <x:v>533525</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
-        <x:v>668</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
-        <x:v>669</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C755" s="3" t="s"/>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
-        <x:v>533525</x:v>
+        <x:v>575135</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C756" s="15" t="s"/>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s"/>
       <x:c r="I756" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s"/>
       <x:c r="K756" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">