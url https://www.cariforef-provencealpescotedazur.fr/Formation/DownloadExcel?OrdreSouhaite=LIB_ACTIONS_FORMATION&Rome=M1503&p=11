--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -647,77 +647,77 @@
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fdm Groupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/24/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Triphase Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2029 00:00:00</x:t>
@@ -1556,59 +1556,59 @@
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>13200</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Audit ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
@@ -1691,137 +1691,137 @@
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite changement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager des ressources humaines BC2 Optimisation de la performance sociale dans un contexte de transformation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des ressources humaines BC4 Promotion de l’engagement social et sociétal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des ressources humaines bloc de compétences 3 Organisation de la Communication Ressources Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des ressources humaines blocs de compétences BC1 - BC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager du développement des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Marseille (cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager du développement des ressources humaines (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Perrimond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager en ressources humaines</x:t>
   </x:si>
   <x:si>
-    <x:t>Conduite changement</x:t>
+    <x:t>IFC Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager des ressources humaines BC2 Optimisation de la performance sociale dans un contexte de transformation</x:t>
-[...73 lines deleted...]
-  <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Var Vaucluse</x:t>
@@ -2072,63 +2072,63 @@
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion financière hôpital</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de gestion des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>responsable en gestion administrative et ressources humaines</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>responsable en gestion administrative et ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable paie et audit social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
@@ -5540,270 +5540,270 @@
       <x:c r="S50" s="14" t="n">
         <x:v>614515</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>192</x:v>
-[...2 lines deleted...]
-        <x:v>193</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="S51" s="0" t="n">
+        <x:v>545656</x:v>
+      </x:c>
+      <x:c r="T51" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>545656</x:v>
+        <x:v>599177</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>599177</x:v>
+        <x:v>601147</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>601147</x:v>
+        <x:v>600174</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -5813,51 +5813,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>558991</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
@@ -6009,90 +6009,90 @@
       <x:c r="S58" s="14" t="n">
         <x:v>609134</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>600175</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
@@ -6478,84 +6478,84 @@
       <x:c r="S66" s="14" t="n">
         <x:v>558909</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>546274</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -6597,84 +6597,84 @@
       <x:c r="S68" s="14" t="n">
         <x:v>546788</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>546273</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -7470,144 +7470,144 @@
         <x:v>514977</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>499783</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>463901</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
@@ -9656,51 +9656,51 @@
         <x:v>343</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>33056</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>611985</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37151</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -12868,84 +12868,84 @@
       <x:c r="S180" s="14" t="n">
         <x:v>499451</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>499786</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -13219,81 +13219,81 @@
       <x:c r="S186" s="14" t="n">
         <x:v>548736</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>497626</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -13335,142 +13335,142 @@
       <x:c r="S188" s="14" t="n">
         <x:v>495334</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>546067</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>546236</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -14037,265 +14037,265 @@
       <x:c r="S200" s="14" t="n">
         <x:v>497637</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>548735</x:v>
+        <x:v>553374</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>566599</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>553374</x:v>
+        <x:v>548733</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>548733</x:v>
+        <x:v>548735</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -16963,161 +16963,159 @@
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>502447</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>589867</x:v>
+        <x:v>504112</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>38112</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>515</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>609186</x:v>
+        <x:v>552920</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -17127,175 +17125,178 @@
       <x:c r="K253" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>607698</x:v>
+        <x:v>589867</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>504112</x:v>
+        <x:v>609186</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>38112</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>32008</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>552920</x:v>
+        <x:v>607698</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>251</x:v>
@@ -17498,214 +17499,217 @@
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>605527</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>36411</x:v>
+        <x:v>39091</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>534</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>502448</x:v>
+        <x:v>552455</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="P261" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="P261" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>581262</x:v>
+        <x:v>608103</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>39091</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>223</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>535</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>552455</x:v>
+        <x:v>502448</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18520,508 +18524,506 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>603572</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>591926</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>35756</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>590770</x:v>
+        <x:v>531198</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
-        <x:v>163</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>608103</x:v>
+        <x:v>590770</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>170</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>556977</x:v>
+        <x:v>581262</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>163</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>35756</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>531198</x:v>
+        <x:v>556977</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>574461</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="P285" s="0" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>531507</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
@@ -19034,51 +19036,51 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>597474</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>28776</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>33054</x:v>
@@ -19088,110 +19090,110 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>510478</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>35756</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>531197</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>39595</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>13222</x:v>
@@ -19201,198 +19203,198 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>592300</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="P290" s="14" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>556976</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>531508</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>569114</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
@@ -19408,54 +19410,54 @@
       <x:c r="G293" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>543949</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
@@ -20146,82 +20148,82 @@
         <x:v>543478</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>546150</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -20299,54 +20301,54 @@
       <x:c r="L308" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>548737</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -20938,54 +20940,54 @@
       <x:c r="L319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>548739</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -21564,51 +21566,51 @@
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>609149</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
@@ -21658,82 +21660,82 @@
         <x:v>547007</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>599175</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -21914,54 +21916,54 @@
       <x:c r="G336" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>549285</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
@@ -22124,558 +22126,557 @@
         <x:v>509972</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>546151</x:v>
+        <x:v>548740</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>170</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>602496</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>581</x:v>
-[...1 lines deleted...]
-      <x:c r="H342" s="14" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>543479</x:v>
+        <x:v>602496</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>543560</x:v>
+        <x:v>609152</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>603542</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>609152</x:v>
+        <x:v>552644</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>543479</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>552644</x:v>
+        <x:v>543560</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>548740</x:v>
+        <x:v>603542</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -23198,51 +23199,51 @@
       <x:c r="J358" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>575866</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -23314,51 +23315,51 @@
       <x:c r="J360" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>575867</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -23430,51 +23431,51 @@
       <x:c r="J362" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>575869</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -25098,242 +25099,242 @@
       <x:c r="H393" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>556971</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>602984</x:v>
+        <x:v>596951</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>668</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>586194</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>596951</x:v>
+        <x:v>602984</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>33052</x:v>
@@ -25343,51 +25344,51 @@
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>563574</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>48</x:v>
@@ -25400,85 +25401,85 @@
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>586193</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>556972</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
@@ -25611,51 +25612,51 @@
       <x:c r="H402" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>549287</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
@@ -26188,51 +26189,51 @@
       <x:c r="H412" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>555949</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
@@ -26257,51 +26258,51 @@
       <x:c r="L413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>515959</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>37010</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
@@ -26425,51 +26426,51 @@
       <x:c r="H416" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>608466</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
@@ -26602,51 +26603,51 @@
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>612003</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>332</x:v>
       </x:c>