--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -746,80 +746,80 @@
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fdm Groupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Triphase Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>01/02/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Fdm Groupe</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Profil Manager</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
@@ -1235,65 +1235,65 @@
   <x:si>
     <x:t>Relations sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chargé(e)  de recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Evolution et Synergie</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>30130</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Serenity Institut</x:t>
@@ -1841,105 +1841,105 @@
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>Droit travail</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/21/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit social</x:t>
   </x:si>
   <x:si>
     <x:t>Droit social</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit social parcours droit des relations de travail et de la protection sociale</x:t>
   </x:si>
@@ -8108,267 +8108,268 @@
       <x:c r="S86" s="14" t="n">
         <x:v>601577</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="Q87" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="R87" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="S87" s="0" t="n">
+        <x:v>608894</x:v>
+      </x:c>
+      <x:c r="T87" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="Q87" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>608894</x:v>
+        <x:v>513325</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>513325</x:v>
+        <x:v>558909</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>558909</x:v>
+        <x:v>599177</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -8400,207 +8401,207 @@
         <x:v>545656</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>602645</x:v>
+        <x:v>547292</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>602646</x:v>
+        <x:v>602645</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="S94" s="14" t="n">
+        <x:v>602646</x:v>
+      </x:c>
+      <x:c r="T94" s="16" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U94" s="16" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -13226,75 +13227,75 @@
       <x:c r="S174" s="14" t="n">
         <x:v>608731</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>613053</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
@@ -14045,78 +14046,78 @@
       <x:c r="U188" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>556633</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -14153,272 +14154,271 @@
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>608916</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>37177</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>386</x:v>
-[...2 lines deleted...]
-        <x:v>354</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>607669</x:v>
+        <x:v>509554</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>37177</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>378</x:v>
-[...1 lines deleted...]
-      <x:c r="H192" s="14" t="s"/>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="H192" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="Q192" s="16" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="R192" s="14" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="S192" s="14" t="n">
+        <x:v>607669</x:v>
+      </x:c>
+      <x:c r="T192" s="16" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="U192" s="16" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>509554</x:v>
+        <x:v>549293</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="U193" s="4" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>549293</x:v>
+        <x:v>601242</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
@@ -14651,51 +14651,51 @@
       <x:c r="J199" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>552903</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
@@ -14870,51 +14870,51 @@
       <x:c r="J203" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>611862</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
@@ -15151,51 +15151,51 @@
       <x:c r="J208" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>611842</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
@@ -15373,51 +15373,51 @@
       <x:c r="J212" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>611860</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -15427,51 +15427,51 @@
       <x:c r="J213" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>611844</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
@@ -15484,51 +15484,51 @@
       <x:c r="J214" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>611855</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -15538,51 +15538,51 @@
       <x:c r="J215" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>611861</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
@@ -15595,51 +15595,51 @@
       <x:c r="J216" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>611857</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -15649,51 +15649,51 @@
       <x:c r="J217" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>611858</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
@@ -16518,51 +16518,51 @@
       <x:c r="J232" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>552906</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -16572,51 +16572,51 @@
       <x:c r="J233" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>552907</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
@@ -16629,51 +16629,51 @@
       <x:c r="J234" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>586255</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>460</x:v>
@@ -16855,51 +16855,51 @@
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>578600</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -19031,328 +19031,327 @@
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>592418</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>108</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>37748</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>616042</x:v>
+        <x:v>559239</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>588376</x:v>
+        <x:v>616042</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>38112</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>529</x:v>
-[...1 lines deleted...]
-      <x:c r="H280" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>32008</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>611659</x:v>
+        <x:v>588376</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>38112</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>613758</x:v>
+        <x:v>611659</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>36411</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>559239</x:v>
+        <x:v>613758</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19443,78 +19442,78 @@
       <x:c r="U284" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>607672</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -19701,51 +19700,51 @@
       <x:c r="G289" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>589992</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
@@ -19967,215 +19966,215 @@
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>589870</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>38489</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>546328</x:v>
+        <x:v>608621</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>608621</x:v>
+        <x:v>496175</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>36411</x:v>
+        <x:v>38489</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>496175</x:v>
+        <x:v>546328</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38112</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -20389,78 +20388,78 @@
       <x:c r="U300" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>504145</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -20692,78 +20691,78 @@
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>607673</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -20948,51 +20947,51 @@
         <x:v>378</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>601251</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
@@ -21229,78 +21228,78 @@
       <x:c r="U314" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>589864</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -21397,161 +21396,159 @@
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>607699</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>37748</x:v>
+        <x:v>38112</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>546</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>555030</x:v>
+        <x:v>552920</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>37748</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>555031</x:v>
+        <x:v>608918</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -21637,159 +21634,161 @@
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>589855</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>38112</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>529</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>547</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>32008</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>552920</x:v>
+        <x:v>555030</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>608918</x:v>
+        <x:v>555031</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>180</x:v>
@@ -21830,78 +21829,78 @@
       <x:c r="U324" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>589861</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -22529,66 +22528,66 @@
       <x:c r="G337" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>497998</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
@@ -22940,51 +22939,51 @@
       <x:c r="J344" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>608103</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -22997,51 +22996,51 @@
       <x:c r="J345" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
@@ -23056,51 +23055,51 @@
       <x:c r="J346" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>531507</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -23221,54 +23220,54 @@
       <x:c r="I349" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>531198</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
@@ -23338,108 +23337,108 @@
       <x:c r="J351" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>556977</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>591926</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>35756</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -23449,54 +23448,54 @@
       <x:c r="I353" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>531197</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
@@ -23511,51 +23510,51 @@
       <x:c r="J354" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>531508</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -23568,51 +23567,51 @@
       <x:c r="J355" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>556976</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>39595</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
@@ -23707,150 +23706,148 @@
         <x:v>510478</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>601362</x:v>
+        <x:v>599175</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="U358" s="16" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>601473</x:v>
+        <x:v>600598</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>205</x:v>
@@ -23885,557 +23882,556 @@
       <x:c r="S360" s="14" t="n">
         <x:v>545001</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>552235</x:v>
+        <x:v>601586</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="H362" s="14" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>548739</x:v>
+        <x:v>601362</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>601586</x:v>
+        <x:v>601473</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>552235</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>543478</x:v>
+        <x:v>548739</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>543560</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>553426</x:v>
+        <x:v>543478</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>600433</x:v>
+        <x:v>543560</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>203</x:v>
-[...2 lines deleted...]
-        <x:v>204</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>541163</x:v>
+        <x:v>553426</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
@@ -24444,2391 +24440,2395 @@
       <x:c r="K370" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>552598</x:v>
+        <x:v>600433</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H371" s="0" t="s">
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>552599</x:v>
+        <x:v>541163</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>545494</x:v>
+        <x:v>552598</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>552645</x:v>
+        <x:v>552599</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>543532</x:v>
+        <x:v>545494</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>554316</x:v>
+        <x:v>552645</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>609149</x:v>
+        <x:v>543532</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>603542</x:v>
+        <x:v>554316</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>573</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>609845</x:v>
+        <x:v>609149</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>543481</x:v>
+        <x:v>603542</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>346</x:v>
-[...1 lines deleted...]
-      <x:c r="H380" s="14" t="s"/>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s">
+        <x:v>574</x:v>
+      </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>545492</x:v>
+        <x:v>609845</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>546150</x:v>
+        <x:v>543481</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>546151</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>601587</x:v>
+        <x:v>546150</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>547007</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>604</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>549493</x:v>
+        <x:v>601587</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>543949</x:v>
+        <x:v>547007</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>609152</x:v>
+        <x:v>549493</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>374</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>554314</x:v>
+        <x:v>543949</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>602496</x:v>
+        <x:v>609152</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>549285</x:v>
+        <x:v>554314</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>552234</x:v>
+        <x:v>602496</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>603</x:v>
-[...1 lines deleted...]
-      <x:c r="H392" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>509972</x:v>
+        <x:v>549285</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>554842</x:v>
+        <x:v>552234</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>543431</x:v>
+        <x:v>509972</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>543479</x:v>
+        <x:v>554842</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>543561</x:v>
+        <x:v>543431</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>545493</x:v>
+        <x:v>543479</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>601472</x:v>
+        <x:v>543561</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>600598</x:v>
+        <x:v>545493</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>541165</x:v>
+        <x:v>601472</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H401" s="0" t="s">
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>543562</x:v>
+        <x:v>541165</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>603646</x:v>
+        <x:v>543562</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>600599</x:v>
+        <x:v>545003</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>599175</x:v>
+        <x:v>601819</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>607490</x:v>
+        <x:v>603646</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>548737</x:v>
+        <x:v>600599</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>548740</x:v>
+        <x:v>607490</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>552644</x:v>
+        <x:v>548737</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>203</x:v>
-[...2 lines deleted...]
-        <x:v>204</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>545003</x:v>
+        <x:v>548740</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>601819</x:v>
+        <x:v>552644</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -26841,51 +26841,51 @@
       <x:c r="L411" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>601363</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
@@ -27095,76 +27095,76 @@
         <x:v>600584</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>599237</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
@@ -28849,51 +28849,51 @@
       <x:c r="J447" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>586193</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
@@ -28960,54 +28960,54 @@
       <x:c r="I449" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>556972</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
@@ -29074,111 +29074,111 @@
       <x:c r="I451" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>556971</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>596951</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -29191,54 +29191,54 @@
       <x:c r="I453" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>549287</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -29247,57 +29247,57 @@
         <x:v>192</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>553386</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -29420,57 +29420,57 @@
       <x:c r="G457" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>616628</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -30177,51 +30177,51 @@
         <x:v>320</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>590382</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>161</x:v>
@@ -30890,51 +30890,51 @@
       <x:c r="J483" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>589771</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
@@ -32059,51 +32059,51 @@
       <x:c r="L503" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>617299</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
@@ -32674,51 +32674,51 @@
       <x:c r="L514" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>617298</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34033,51 +34033,51 @@
       <x:c r="M538" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>554843</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34414,51 +34414,51 @@
       <x:c r="J545" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>586075</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
@@ -34957,51 +34957,51 @@
       <x:c r="M554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>601369</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -35011,51 +35011,51 @@
       <x:c r="L555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>601525</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
@@ -35191,102 +35191,102 @@
       <x:c r="L558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>499696</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>553506</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -35663,165 +35663,164 @@
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>552349</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>591784</x:v>
+        <x:v>599246</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>603</x:v>
-[...1 lines deleted...]
-      <x:c r="H568" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H568" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I568" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>599246</x:v>
+        <x:v>591784</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -35831,283 +35830,282 @@
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>499748</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>505747</x:v>
+        <x:v>557869</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>557869</x:v>
+        <x:v>558658</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>266</x:v>
-[...1 lines deleted...]
-      <x:c r="H572" s="14" t="s"/>
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="H572" s="14" t="s">
+        <x:v>542</x:v>
+      </x:c>
       <x:c r="I572" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>558658</x:v>
+        <x:v>502633</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>735</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>541</x:v>
-[...2 lines deleted...]
-        <x:v>542</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>502633</x:v>
+        <x:v>505747</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>203</x:v>
@@ -36303,51 +36301,51 @@
       <x:c r="L577" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>499694</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
@@ -36525,57 +36523,57 @@
       <x:c r="G581" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>609129</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -36975,90 +36973,90 @@
       <x:c r="S588" s="14" t="n">
         <x:v>580665</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>547008</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
@@ -37712,51 +37710,51 @@
       <x:c r="L601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>601526</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
@@ -37892,51 +37890,51 @@
       <x:c r="M604" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>601367</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>47</x:v>
       </x:c>