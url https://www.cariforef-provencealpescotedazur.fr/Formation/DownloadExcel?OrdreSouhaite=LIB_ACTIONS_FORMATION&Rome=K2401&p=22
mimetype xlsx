--- v2 (2026-03-30)
+++ v3 (2026-03-30)
@@ -350,50 +350,59 @@
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Cyrano</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Empéri</x:t>
   </x:si>
   <x:si>
     <x:t>13657</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
@@ -416,59 +425,50 @@
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Ferry</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Cocteau</x:t>
   </x:si>
   <x:si>
     <x:t>13141</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Fénelon</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
@@ -788,107 +788,107 @@
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>83409</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée cité internationale Jacques Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J. Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Viala Lacoste</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marie Pila</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Daudet</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sasserno</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée P G de Gennes</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Externat St-Joseph (La Cordeille)</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>IBS of Provence</x:t>
   </x:si>
   <x:si>
     <x:t>International bilingual school of Provence</x:t>
@@ -1025,50 +1025,92 @@
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA L Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent du Sacré-Coeur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA d'Aix-Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée international de Valbonne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Genevoix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Périer</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance - Henri Silvy</x:t>
   </x:si>
   <x:si>
     <x:t>84123</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>École secondaire Beth Myriam</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole secondaire B Myriam</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de France</x:t>
@@ -1125,92 +1167,50 @@
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P et M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Esclangon</x:t>
   </x:si>
   <x:si>
     <x:t>04103</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Montgrand</x:t>
   </x:si>
   <x:si>
     <x:t>13291</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
@@ -4120,51 +4120,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>593751</x:v>
+        <x:v>593807</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>97</x:v>
@@ -4173,202 +4173,202 @@
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>593758</x:v>
+        <x:v>593751</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>593763</x:v>
+        <x:v>593758</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>593778</x:v>
+        <x:v>593763</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>593780</x:v>
+        <x:v>593778</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>110</x:v>
@@ -4377,100 +4377,100 @@
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>593800</x:v>
+        <x:v>593780</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>593801</x:v>
+        <x:v>593800</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>116</x:v>
@@ -4479,51 +4479,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>593807</x:v>
+        <x:v>593801</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
@@ -4757,125 +4757,125 @@
         <x:v>593860</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>593878</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>593895</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -5317,75 +5317,75 @@
         <x:v>155</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>593806</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>593819</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -6865,162 +6865,162 @@
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>593761</x:v>
+        <x:v>593749</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>593766</x:v>
+        <x:v>593761</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>593771</x:v>
+        <x:v>593766</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>249</x:v>
@@ -7029,202 +7029,202 @@
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>593776</x:v>
+        <x:v>593771</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>593777</x:v>
+        <x:v>593776</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>593803</x:v>
+        <x:v>593777</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>593749</x:v>
+        <x:v>593803</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>146</x:v>
@@ -8479,1049 +8479,1049 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>593747</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>593825</x:v>
+        <x:v>593769</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>593826</x:v>
+        <x:v>593772</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>593838</x:v>
+        <x:v>593774</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>593846</x:v>
+        <x:v>593784</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>593865</x:v>
+        <x:v>593785</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="Q114" s="16" t="s">
+      <x:c r="R114" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="R114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>593866</x:v>
+        <x:v>593789</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="I115" s="4" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="Q115" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>593874</x:v>
+        <x:v>593825</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="Q116" s="16" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>593887</x:v>
+        <x:v>593826</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>593888</x:v>
+        <x:v>593838</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="Q118" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="Q118" s="16" t="s">
+      <x:c r="R118" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="R118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>593892</x:v>
+        <x:v>593846</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>593900</x:v>
+        <x:v>593865</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>593902</x:v>
+        <x:v>593866</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="I121" s="4" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="Q121" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="Q121" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>593905</x:v>
+        <x:v>593874</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="Q122" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="Q122" s="16" t="s">
+      <x:c r="R122" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="R122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>593912</x:v>
+        <x:v>593887</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>593769</x:v>
+        <x:v>593888</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>593772</x:v>
+        <x:v>593892</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>593774</x:v>
+        <x:v>593900</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>593784</x:v>
+        <x:v>593902</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>593785</x:v>
+        <x:v>593905</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>593789</x:v>
+        <x:v>593912</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
@@ -9959,76 +9959,76 @@
         <x:v>593811</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>593817</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>386</x:v>
@@ -11591,125 +11591,125 @@
         <x:v>593882</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>593889</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>593898</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -11845,75 +11845,75 @@
         <x:v>402</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>593914</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>593755</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
@@ -12148,180 +12148,180 @@
         <x:v>84</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>593074</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>593073</x:v>
+        <x:v>593075</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>593075</x:v>
+        <x:v>593073</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>596739</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -12355,75 +12355,75 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>593237</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>593238</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -12509,76 +12509,76 @@
         <x:v>593239</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>593240</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>224</x:v>
@@ -13375,75 +13375,75 @@
         <x:v>194</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>595558</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>595690</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -13579,75 +13579,75 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>595561</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>595909</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -13681,128 +13681,128 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>595750</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>595751</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>595560</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>260</x:v>
@@ -13885,75 +13885,75 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>595513</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>595511</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -13987,75 +13987,75 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>595510</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>595588</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -14089,75 +14089,75 @@
         <x:v>194</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>595507</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>595509</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
@@ -14293,75 +14293,75 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>595582</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>595580</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -14447,125 +14447,125 @@
         <x:v>595742</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>595743</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>593076</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -14651,76 +14651,76 @@
         <x:v>594660</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>594659</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>204</x:v>
@@ -15106,131 +15106,131 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>595992</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>595970</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>595964</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>154</x:v>
@@ -15514,233 +15514,233 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>595968</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>595985</x:v>
+        <x:v>595980</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>595980</x:v>
+        <x:v>595973</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>595973</x:v>
+        <x:v>595985</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>595976</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>87</x:v>
@@ -15823,128 +15823,128 @@
         <x:v>225</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>595986</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>595975</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>595969</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>62</x:v>
@@ -16027,75 +16027,75 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>595991</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>595963</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
@@ -16177,234 +16177,234 @@
       <x:c r="R259" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>595977</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>595965</x:v>
+        <x:v>595984</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>595979</x:v>
+        <x:v>595965</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>595982</x:v>
+        <x:v>595979</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>595984</x:v>
+        <x:v>595982</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>84</x:v>
@@ -16435,75 +16435,75 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>595971</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>595962</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -16537,75 +16537,75 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>595988</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>595974</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -16639,75 +16639,75 @@
         <x:v>225</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>595967</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>596008</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
@@ -16738,233 +16738,233 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>596021</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>595998</x:v>
+        <x:v>596010</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>596010</x:v>
+        <x:v>595998</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>596003</x:v>
+        <x:v>596001</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>596012</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>154</x:v>
@@ -16993,185 +16993,185 @@
       <x:c r="R275" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>596016</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>596001</x:v>
+        <x:v>596003</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>596000</x:v>
+        <x:v>596019</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>596005</x:v>
+        <x:v>596023</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
@@ -17197,1001 +17197,1001 @@
       <x:c r="R279" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>596014</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>596019</x:v>
+        <x:v>596000</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>596023</x:v>
+        <x:v>596005</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>595995</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>596020</x:v>
+        <x:v>596007</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>596007</x:v>
+        <x:v>596020</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>595997</x:v>
+        <x:v>595999</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>596002</x:v>
+        <x:v>595997</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>596013</x:v>
+        <x:v>596002</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>596018</x:v>
+        <x:v>596013</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>596015</x:v>
+        <x:v>596022</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>595994</x:v>
+        <x:v>596009</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>595999</x:v>
+        <x:v>596011</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>596009</x:v>
+        <x:v>596018</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>596011</x:v>
+        <x:v>596015</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>596022</x:v>
+        <x:v>595994</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>596017</x:v>
+        <x:v>596006</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>595993</x:v>
+        <x:v>596017</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>595996</x:v>
+        <x:v>595993</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>596006</x:v>
+        <x:v>595996</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
@@ -18319,185 +18319,185 @@
       <x:c r="R301" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>595641</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>595639</x:v>
+        <x:v>595638</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>595640</x:v>
+        <x:v>595639</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>595638</x:v>
+        <x:v>595640</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
@@ -18727,80 +18727,80 @@
       <x:c r="R309" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>595662</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>224</x:v>
@@ -18931,386 +18931,386 @@
       <x:c r="R313" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>592890</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>592891</x:v>
+        <x:v>592888</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>592894</x:v>
+        <x:v>592895</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>592893</x:v>
+        <x:v>592891</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>592888</x:v>
+        <x:v>592894</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>592895</x:v>
+        <x:v>592893</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>592889</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>592892</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>209</x:v>
@@ -19343,76 +19343,76 @@
         <x:v>592968</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>592971</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>84</x:v>
@@ -19441,287 +19441,287 @@
       <x:c r="R323" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>592967</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>592969</x:v>
+        <x:v>592970</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>592972</x:v>
+        <x:v>592965</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>592965</x:v>
+        <x:v>592969</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>592966</x:v>
+        <x:v>592972</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>592970</x:v>
+        <x:v>592966</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
@@ -19747,185 +19747,185 @@
       <x:c r="R329" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>595106</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>595107</x:v>
+        <x:v>595105</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>595108</x:v>
+        <x:v>595107</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>595105</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
@@ -20131,51 +20131,51 @@
       <x:c r="I337" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>14254</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>618075</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
@@ -20184,51 +20184,51 @@
         <x:v>530</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>14254</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>618074</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>539</x:v>
@@ -20236,51 +20236,51 @@
       <x:c r="I339" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>617413</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -20291,51 +20291,51 @@
         <x:v>167</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>617039</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>231</x:v>
@@ -20542,51 +20542,51 @@
       <x:c r="I345" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>594081</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -20919,162 +20919,162 @@
         <x:v>538</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>617038</x:v>
+        <x:v>617412</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>617412</x:v>
+        <x:v>617038</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>595109</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>593</x:v>
@@ -21082,51 +21082,51 @@
       <x:c r="I355" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>621522</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
@@ -21137,51 +21137,51 @@
         <x:v>562</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>570544</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>593</x:v>
@@ -21189,51 +21189,51 @@
       <x:c r="I357" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>563334</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
@@ -21244,51 +21244,51 @@
         <x:v>562</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>602563</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>35973</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -21407,51 +21407,51 @@
       <x:c r="I361" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>14254</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>618071</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>39038</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
@@ -21521,51 +21521,51 @@
       <x:c r="J363" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>575523</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>39038</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
@@ -21580,51 +21580,51 @@
       <x:c r="J364" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>575524</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>40717</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
@@ -21693,51 +21693,51 @@
       <x:c r="J366" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>580920</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>40717</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -21750,51 +21750,51 @@
       <x:c r="J367" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>580919</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>40717</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
@@ -21809,51 +21809,51 @@
       <x:c r="J368" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>581323</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>40717</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -21866,51 +21866,51 @@
       <x:c r="J369" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>580921</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
@@ -22545,51 +22545,51 @@
       <x:c r="J381" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>576323</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
@@ -22604,51 +22604,51 @@
       <x:c r="J382" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>581250</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -22661,51 +22661,51 @@
       <x:c r="J383" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>576324</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
@@ -22720,51 +22720,51 @@
       <x:c r="J384" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>576325</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -22777,51 +22777,51 @@
       <x:c r="J385" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>576326</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
@@ -22836,51 +22836,51 @@
       <x:c r="J386" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>576327</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
@@ -23567,51 +23567,51 @@
       <x:c r="J399" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>575529</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
@@ -23626,51 +23626,51 @@
       <x:c r="J400" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>575530</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -23683,51 +23683,51 @@
       <x:c r="J401" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>575531</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
@@ -23908,51 +23908,51 @@
       <x:c r="J405" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>584134</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
@@ -23967,51 +23967,51 @@
       <x:c r="J406" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>584135</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -24024,51 +24024,51 @@
       <x:c r="J407" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>584136</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
@@ -24083,51 +24083,51 @@
       <x:c r="J408" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>584137</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>39466</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
@@ -24307,51 +24307,51 @@
       <x:c r="J412" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>575537</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
@@ -24472,51 +24472,51 @@
       <x:c r="J415" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>597259</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
@@ -24697,51 +24697,51 @@
       <x:c r="J419" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>574900</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
@@ -24872,51 +24872,51 @@
       <x:c r="J422" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>574902</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -24929,51 +24929,51 @@
       <x:c r="J423" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>574903</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
@@ -25213,51 +25213,51 @@
       <x:c r="J428" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>575541</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -25270,51 +25270,51 @@
       <x:c r="J429" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>574777</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>40548</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
@@ -25384,51 +25384,51 @@
       <x:c r="J431" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>575780</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
@@ -25776,51 +25776,51 @@
       <x:c r="J438" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>575648</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38989</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
@@ -25889,51 +25889,51 @@
       <x:c r="J440" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>575652</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38989</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -25946,51 +25946,51 @@
       <x:c r="J441" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>575690</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
@@ -26060,51 +26060,51 @@
       <x:c r="J443" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>575691</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
@@ -26174,51 +26174,51 @@
       <x:c r="J445" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
@@ -26233,51 +26233,51 @@
       <x:c r="J446" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>575693</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
@@ -26346,51 +26346,51 @@
       <x:c r="J448" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>575694</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -26403,51 +26403,51 @@
       <x:c r="J449" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>575695</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
@@ -26573,51 +26573,51 @@
       <x:c r="J452" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>590758</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
@@ -27082,51 +27082,51 @@
       <x:c r="J461" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>14272</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>575699</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
@@ -27531,51 +27531,51 @@
       <x:c r="J469" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>580927</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
@@ -27706,170 +27706,170 @@
       <x:c r="J472" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>575928</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>575922</x:v>
+        <x:v>575929</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>575929</x:v>
+        <x:v>575924</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
@@ -27879,54 +27879,54 @@
       <x:c r="J475" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>575924</x:v>
+        <x:v>575927</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
@@ -27938,176 +27938,176 @@
       <x:c r="J476" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>575927</x:v>
+        <x:v>575928</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>610967</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>760</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>581544</x:v>
+        <x:v>610967</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
@@ -28286,51 +28286,51 @@
       <x:c r="J482" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>575940</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -28343,51 +28343,51 @@
       <x:c r="J483" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>575941</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
@@ -28402,51 +28402,51 @@
       <x:c r="J484" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>575942</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -28459,51 +28459,51 @@
       <x:c r="J485" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>575943</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
@@ -28619,126 +28619,126 @@
       <x:c r="C488" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>575947</x:v>
+        <x:v>575946</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>575946</x:v>
+        <x:v>575947</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
@@ -28866,51 +28866,51 @@
       <x:c r="J492" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>575950</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
@@ -28923,51 +28923,51 @@
       <x:c r="J493" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>575951</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
@@ -28982,100 +28982,100 @@
       <x:c r="J494" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>575952</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>14254</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>618069</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
@@ -29086,51 +29086,51 @@
         <x:v>562</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>602559</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>593</x:v>
@@ -29138,115 +29138,115 @@
       <x:c r="I497" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>570550</x:v>
+        <x:v>563335</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>563335</x:v>
+        <x:v>570550</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>565</x:v>
@@ -29273,125 +29273,125 @@
         <x:v>621038</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>590715</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>590707</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>