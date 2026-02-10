--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -596,62 +596,62 @@
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Tutorat formation à distance</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir et préparer la formation – Bloc de compétences du titre professionnel formateur professionnel d’adultes</x:t>
   </x:si>
   <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Concevoir un dispositif de formation à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Conduire une action de formation en prévention des risques électriques</x:t>
   </x:si>
   <x:si>
     <x:t>Tea Conseil Audit Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi plus de 26 ans , Formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
@@ -782,71 +782,71 @@
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistance Publique des Hôpitaux de Marseille - Institut Régional de Formations Spécialisées en Santé Houphouet Boigny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRFSS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement de Coopération Sanitaire du Pays d'Aix</x:t>
   </x:si>
   <x:si>
     <x:t>GCSPA</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistance Publique des Hôpitaux de Marseille - Institut Régional de Formations Spécialisées en Santé Houphouet Boigny</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Diplôme de cadre de santé (expérimental)</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'études de langue française</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Langues</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
@@ -965,95 +965,95 @@
   <x:si>
     <x:t>FORMATEUR HABILITATION ELECTRIQUE</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur pour adultes</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur professionnel d'adultes</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/17/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/18/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Techniqual Environnement</x:t>
   </x:si>
   <x:si>
     <x:t>TQE</x:t>
   </x:si>
   <x:si>
     <x:t>13480</x:t>
@@ -1907,80 +1907,80 @@
   <x:si>
     <x:t>Pédagogie public spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable d'ingénierie pédagogique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'ingénierie pédagogique</x:t>
   </x:si>
   <x:si>
-    <x:t>Openclassrooms</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/23/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable formation et développement des compétences - responsable learning et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Audit formation</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable projets et ingénierie en formation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Gambetta</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
@@ -2369,137 +2369,137 @@
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Hyères Orientation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSHOR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weno Ies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzcare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Weno Ies</x:t>
-[...23 lines deleted...]
-    <x:t>02/17/2026 00:00:00</x:t>
+    <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/02/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Multi Formations Professionnelles</x:t>
   </x:si>
   <x:si>
     <x:t>MFP</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
@@ -2597,60 +2597,60 @@
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel formateur professionnel d'adultes (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Formateur professionnel d'adultes (TP FPA)</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel formateur professionnel d'adultes, Titre professionnel assistant de vie aux familles</x:t>
   </x:si>
   <x:si>
     <x:t>Atelier Hepta - Ketty Turron</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'espace de médiation numérique</x:t>
   </x:si>
@@ -3890,128 +3890,128 @@
         <x:v>73</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>585563</x:v>
+        <x:v>585564</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>585564</x:v>
+        <x:v>585563</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -5878,93 +5878,93 @@
       <x:c r="R48" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>585119</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>568557</x:v>
+        <x:v>604408</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U49" s="4" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -5976,51 +5976,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>573751</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6036,107 +6036,107 @@
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>604472</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>604408</x:v>
+        <x:v>568557</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6149,54 +6149,54 @@
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>568526</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -6208,51 +6208,51 @@
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>573714</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>170</x:v>
@@ -6469,51 +6469,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>614022</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>198</x:v>
@@ -6876,112 +6876,112 @@
       <x:c r="K67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44596</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>580659</x:v>
+        <x:v>585118</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44596</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>585118</x:v>
+        <x:v>580659</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
@@ -7220,177 +7220,177 @@
       <x:c r="J73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>576273</x:v>
+        <x:v>576629</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="G74" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>576629</x:v>
+        <x:v>576273</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>576630</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -8350,170 +8350,170 @@
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>573750</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S95" s="0" t="n">
+        <x:v>513270</x:v>
+      </x:c>
+      <x:c r="T95" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="S95" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>513270</x:v>
+        <x:v>520494</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="U96" s="16" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8576,51 +8576,51 @@
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>610043</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8633,51 +8633,51 @@
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>545270</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
@@ -8692,114 +8692,114 @@
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>566758</x:v>
+        <x:v>609878</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="U100" s="16" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>566783</x:v>
+        <x:v>609879</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
@@ -8891,144 +8891,144 @@
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>568556</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>609878</x:v>
+        <x:v>566783</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>609879</x:v>
+        <x:v>566758</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
@@ -9040,51 +9040,51 @@
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>609877</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9097,167 +9097,167 @@
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>610044</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>566757</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>520493</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
@@ -9272,60 +9272,60 @@
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>520587</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9335,51 +9335,51 @@
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>573713</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
@@ -9510,51 +9510,51 @@
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>513058</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9620,60 +9620,60 @@
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>610045</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9736,108 +9736,108 @@
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>566784</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>545203</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
@@ -9852,51 +9852,51 @@
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>545204</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9909,51 +9909,51 @@
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>545269</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
@@ -10025,51 +10025,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>520586</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -12739,51 +12739,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>581615</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -12855,159 +12855,160 @@
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592374</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>592373</x:v>
+        <x:v>609278</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>451</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>609278</x:v>
+        <x:v>592373</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -18842,51 +18843,51 @@
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>45085</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>560662</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
@@ -19051,51 +19052,51 @@
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>600758</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
@@ -19321,137 +19322,137 @@
         <x:v>357</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>224261</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>451527</x:v>
+        <x:v>286246</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>286246</x:v>
+        <x:v>451527</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>39</x:v>
@@ -20741,497 +20742,497 @@
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>611376</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>578522</x:v>
+        <x:v>578524</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>619</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>578524</x:v>
+        <x:v>578522</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>578523</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>578584</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>578599</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>619</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>615662</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>615663</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>44579</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>610849</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>25508</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -21994,51 +21995,51 @@
       <x:c r="M342" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>613347</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
@@ -22955,51 +22956,51 @@
       <x:c r="M359" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>616998</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23174,51 +23175,51 @@
       <x:c r="L363" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>586759</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
@@ -23634,51 +23635,51 @@
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>571958</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
@@ -23813,51 +23814,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>571963</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -24604,51 +24605,51 @@
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>583265</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
@@ -25865,51 +25866,51 @@
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>579690</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
@@ -25948,1997 +25949,1998 @@
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>571018</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="Q412" s="16" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="R412" s="14" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="S412" s="14" t="n">
+        <x:v>582137</x:v>
+      </x:c>
+      <x:c r="T412" s="16" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U412" s="16" t="s">
         <x:v>766</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>587735</x:v>
+        <x:v>583219</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>770</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>771</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>770</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>771</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>581715</x:v>
+        <x:v>583220</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>611476</x:v>
+        <x:v>613348</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>154</x:v>
-[...1 lines deleted...]
-      <x:c r="H416" s="14" t="s"/>
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="H416" s="14" t="s">
+        <x:v>770</x:v>
+      </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>611481</x:v>
+        <x:v>603925</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H417" s="0" t="s">
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>558336</x:v>
+        <x:v>573354</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>661</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>573120</x:v>
+        <x:v>581715</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>777</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>661</x:v>
-[...2 lines deleted...]
-        <x:v>662</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>573128</x:v>
+        <x:v>611476</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>661</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>573131</x:v>
+        <x:v>611481</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>578141</x:v>
+        <x:v>558336</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>644</x:v>
-[...1 lines deleted...]
-      <x:c r="H422" s="14" t="s"/>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H422" s="14" t="s">
+        <x:v>662</x:v>
+      </x:c>
       <x:c r="I422" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>613342</x:v>
+        <x:v>573120</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>609478</x:v>
+        <x:v>573128</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>273</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>662</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>540760</x:v>
+        <x:v>573131</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="U424" s="16" t="s">
         <x:v>781</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>583264</x:v>
+        <x:v>578141</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>587736</x:v>
+        <x:v>587700</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>617029</x:v>
+        <x:v>587735</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>617030</x:v>
+        <x:v>557318</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>617033</x:v>
+        <x:v>557320</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>692</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>692</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>556232</x:v>
+        <x:v>613342</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>694</x:v>
+        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>661</x:v>
-[...2 lines deleted...]
-        <x:v>662</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>573109</x:v>
+        <x:v>609478</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>661</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>573112</x:v>
+        <x:v>540760</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>538050</x:v>
+        <x:v>583264</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>682</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>682</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>582137</x:v>
+        <x:v>556232</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>784</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>731</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>583219</x:v>
+        <x:v>577241</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>583220</x:v>
+        <x:v>611468</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>613348</x:v>
+        <x:v>611474</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>603925</x:v>
+        <x:v>573109</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>790</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>573374</x:v>
+        <x:v>573112</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>557313</x:v>
+        <x:v>538050</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>577241</x:v>
+        <x:v>587736</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>611468</x:v>
+        <x:v>617029</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>611474</x:v>
+        <x:v>617030</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>793</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>557318</x:v>
+        <x:v>617033</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>557320</x:v>
+        <x:v>573374</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>794</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>661</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>573354</x:v>
+        <x:v>557313</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -27948,51 +27950,51 @@
       <x:c r="M447" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>599348</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
@@ -28343,51 +28345,51 @@
       <x:c r="M454" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>583217</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
@@ -28454,108 +28456,105 @@
       <x:c r="M456" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>598110</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>661</x:v>
-[...2 lines deleted...]
-        <x:v>662</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>573129</x:v>
+        <x:v>611467</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28850,117 +28849,119 @@
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>579695</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>154</x:v>
-[...1 lines deleted...]
-      <x:c r="H464" s="14" t="s"/>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="H464" s="14" t="s">
+        <x:v>662</x:v>
+      </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>611467</x:v>
+        <x:v>573129</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -29029,51 +29030,51 @@
       <x:c r="M466" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>547165</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -29906,51 +29907,51 @@
       <x:c r="M481" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>572320</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
@@ -30550,51 +30551,51 @@
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>558990</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -31026,204 +31027,204 @@
       <x:c r="R500" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>601666</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>421</x:v>
-[...2 lines deleted...]
-        <x:v>422</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>576713</x:v>
+        <x:v>572807</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>572807</x:v>
+        <x:v>521110</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>521110</x:v>
+        <x:v>576713</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
@@ -31584,99 +31585,99 @@
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>615151</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>579983</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
@@ -31976,57 +31977,57 @@
       <x:c r="K517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>585548</x:v>
+        <x:v>585545</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
@@ -32035,57 +32036,57 @@
       <x:c r="K518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>585545</x:v>
+        <x:v>585548</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -32211,51 +32212,51 @@
       <x:c r="L521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>585546</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
@@ -32502,51 +32503,51 @@
       <x:c r="L526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>585541</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>